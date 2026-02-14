--- v0 (2025-10-07)
+++ v1 (2026-02-14)
@@ -1,50 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="MPCA logo with St. Paul office address"/>
         <w:tblDescription w:val="Minnesota Pollution Control Agency, 520 Lafayette Road North, St. Paul, MN 55155-4194"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3978"/>
         <w:gridCol w:w="6750"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B11FD8" w14:paraId="79D466B1" w14:textId="77777777" w:rsidTr="00C54A71">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3978" w:type="dxa"/>
@@ -142,54 +141,53 @@
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Industrial By-Product (IBP) Program</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="390B193F" w14:textId="7052A286" w:rsidR="00B11FD8" w:rsidRPr="005517CB" w:rsidRDefault="00B11FD8" w:rsidP="00C54A71">
             <w:pPr>
               <w:pStyle w:val="Form-Title4"/>
             </w:pPr>
             <w:r>
               <w:t>Doc Type: Notification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66E4651B" w14:textId="3013CA74" w:rsidR="00843FD2" w:rsidRPr="00F33D29" w:rsidRDefault="00E94919" w:rsidP="000A2AC3">
+    <w:p w14:paraId="66E4651B" w14:textId="3013CA74" w:rsidR="00843FD2" w:rsidRPr="00F33D29" w:rsidRDefault="00E94919" w:rsidP="006D09FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240"/>
         <w:ind w:left="1224" w:hanging="1224"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Guidance on page 6</w:t>
       </w:r>
       <w:r w:rsidR="00947DA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6307A602" w14:textId="64EF093C" w:rsidR="00BB624A" w:rsidRPr="00947DA2" w:rsidRDefault="002851DD" w:rsidP="00947DA2">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -6480,69 +6478,51 @@
         </w:rPr>
         <w:t>Attach a soils map obtained from the Natural Resources Conservation Service or a comparable map prepared by a So</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>il Scientist Licensed with the s</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tate of Minnesota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> qualified person.</w:t>
+        <w:t xml:space="preserve"> or other qualified person.</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delineate the following on the map submitted:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4DF822" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="00C714D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
@@ -6563,81 +6543,106 @@
         </w:numPr>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Locations of any long-term dewatered industrial by-product storage areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6771350F" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="00C714D4">
+    <w:p w14:paraId="6771350F" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="00C714D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Location of all tile lines and inlets (transfer tile location data to soils map)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="166D212A" w14:textId="0C0777E6" w:rsidR="001E0564" w:rsidRPr="005F1516" w:rsidRDefault="001E0564" w:rsidP="006D09FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk213049756"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Locations of water supply wells, surface water features, residences, and other features with separation distances from the land application site.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="7D0D5E8E" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="00C714D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Areas which will </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6778,51 +6783,51 @@
           <w:p w14:paraId="2BECD9ED" w14:textId="70FC1004" w:rsidR="00255489" w:rsidRPr="0035408E" w:rsidRDefault="00255489" w:rsidP="00255489">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text318"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text318"/>
+            <w:bookmarkStart w:id="19" w:name="Text318"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6855,51 +6860,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C714D4" w14:paraId="22A14766" w14:textId="77777777" w:rsidTr="0035408E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B641962" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7593,51 +7598,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Texture </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(USDA):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46EB1F21" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
+          <w:p w14:paraId="46EB1F21" w14:textId="635C6DDC" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -7658,51 +7663,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Course   </w:t>
+              <w:t xml:space="preserve"> Co</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06105">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035408E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rse   </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8207,202 +8228,201 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C714D4" w14:paraId="5D11E55B" w14:textId="77777777" w:rsidTr="00255489">
+      <w:tr w:rsidR="00C714D4" w14:paraId="5D11E55B" w14:textId="77777777" w:rsidTr="006D09FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="754D3032" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="720"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D3EE813" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH (SU):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6159E8C2" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
+          <w:p w14:paraId="6159E8C2" w14:textId="19CB1436" w:rsidR="00C714D4" w:rsidRPr="006D09FE" w:rsidRDefault="006D09FE" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text298"/>
+                  <w:name w:val="Text321"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
+            <w:bookmarkStart w:id="20" w:name="Text321"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51433BBC" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10100,54 +10120,54 @@
             <w:r w:rsidRPr="00445346">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445346">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EABAB01" w14:textId="69ACA7A0" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00E94919">
+    <w:p w14:paraId="4EABAB01" w14:textId="69ACA7A0" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00142C16">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:before="240" w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Site </w:t>
       </w:r>
       <w:r w:rsidR="00B11FD8">
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10679" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="16"/>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="760"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="180"/>
@@ -10197,91 +10217,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8397" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="105B9BC1" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text305"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text305"/>
+            <w:bookmarkStart w:id="21" w:name="Text305"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3860" w14:paraId="60BB01E7" w14:textId="77777777" w:rsidTr="00BD178B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="16" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44FE6B1D" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10301,177 +10321,177 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4347" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5450987E" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text306"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text306"/>
+            <w:bookmarkStart w:id="22" w:name="Text306"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="32F70599" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="499E80AB" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text307"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text307"/>
+            <w:bookmarkStart w:id="23" w:name="Text307"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3860" w:rsidRPr="00445346" w14:paraId="387782E6" w14:textId="77777777" w:rsidTr="00B93905">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="664" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0144D656" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="00445346" w:rsidRDefault="00CE3860" w:rsidP="00311023">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00445346">
               <w:t>Mailing address:</w:t>
             </w:r>
@@ -10771,176 +10791,176 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B7DA1F6" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text308"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text308"/>
+            <w:bookmarkStart w:id="24" w:name="Text308"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DBB25E5" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FA99FA0" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text309"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text309"/>
+            <w:bookmarkStart w:id="25" w:name="Text309"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3860" w:rsidRPr="00445346" w14:paraId="77491EB8" w14:textId="77777777" w:rsidTr="00B93905">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="664" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="095DD20F" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="00445346" w:rsidRDefault="00CE3860" w:rsidP="00311023">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:spacing w:before="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00445346">
               <w:t>Mailing address:</w:t>
             </w:r>
@@ -11241,174 +11261,174 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3906" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F248800" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text310"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text310"/>
+            <w:bookmarkStart w:id="26" w:name="Text310"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="778234CC" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Total suitable acreage:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59307D47" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text311"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text311"/>
+            <w:bookmarkStart w:id="27" w:name="Text311"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3860" w14:paraId="0DA28B5F" w14:textId="77777777" w:rsidTr="00BD178B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="16" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097EF986" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11427,91 +11447,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8397" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AED5354" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00C714D4" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text312"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text312"/>
+            <w:bookmarkStart w:id="28" w:name="Text312"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FC9646D" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="001C0238" w:rsidRDefault="00CE3860" w:rsidP="00CE3860">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9999" w:type="dxa"/>
         <w:tblInd w:w="673" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -14080,69 +14100,51 @@
         </w:rPr>
         <w:t>Attach a soils map obtained from the Natural Resources Conservation Service or a comparable map prepared by a So</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>il Scientist Licensed with the s</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tate of Minnesota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> qualified person.</w:t>
+        <w:t xml:space="preserve"> or other qualified person.</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delineate the following on the map submitted:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55550D82" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="005F1516" w:rsidRDefault="00CE3860" w:rsidP="00255489">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -14167,81 +14169,106 @@
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Locations of any long-term dewatered industrial by-product storage areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFD51A6" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="005F1516" w:rsidRDefault="00CE3860" w:rsidP="00255489">
+    <w:p w14:paraId="3FFD51A6" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Location of all tile lines and inlets (transfer tile location data to soils map)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A2FE8A" w14:textId="1269FAC8" w:rsidR="00E06105" w:rsidRPr="00E06105" w:rsidRDefault="00E06105" w:rsidP="006D09FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:hanging="540"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06105">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Locations of water supply wells, surface water features, residences, and other features with separation distances from the land application site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74322D5C" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="005F1516" w:rsidRDefault="00CE3860" w:rsidP="00255489">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Areas which will </w:t>
@@ -14385,51 +14412,51 @@
           <w:p w14:paraId="25316C8C" w14:textId="60D29B5F" w:rsidR="00255489" w:rsidRPr="0035408E" w:rsidRDefault="00255489" w:rsidP="00255489">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text319"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text319"/>
+            <w:bookmarkStart w:id="29" w:name="Text319"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14462,51 +14489,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3860" w14:paraId="7680A179" w14:textId="77777777" w:rsidTr="0035408E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41235FB2" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRDefault="00CE3860" w:rsidP="00255489">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -15200,51 +15227,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Texture </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(USDA):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="053B2DB2" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="0035408E" w:rsidRDefault="00CE3860" w:rsidP="0035408E">
+          <w:p w14:paraId="053B2DB2" w14:textId="787790D2" w:rsidR="00CE3860" w:rsidRPr="0035408E" w:rsidRDefault="00CE3860" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -15265,51 +15292,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Course   </w:t>
+              <w:t xml:space="preserve"> Co</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06105">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035408E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rse   </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15862,147 +15905,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH (SU):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="32A9D274" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="0035408E" w:rsidRDefault="00CE3860" w:rsidP="0035408E">
+          <w:p w14:paraId="32A9D274" w14:textId="1228A9A1" w:rsidR="00CE3860" w:rsidRPr="0035408E" w:rsidRDefault="00E06105" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text298"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37FB6AA2" w14:textId="77777777" w:rsidR="00CE3860" w:rsidRPr="0035408E" w:rsidRDefault="00CE3860" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21661,69 +21701,51 @@
         </w:rPr>
         <w:t>Attach a soils map obtained from the Natural Resources Conservation Service or a comparable map prepared by a So</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>il Scientist Licensed with the s</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tate of Minnesota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> qualified person.</w:t>
+        <w:t xml:space="preserve"> or other qualified person.</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delineate the following on the map submitted:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="163CF395" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -21748,81 +21770,106 @@
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Locations of any long-term dewatered industrial by-product storage areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCD661E" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
+    <w:p w14:paraId="6BCD661E" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Location of all tile lines and inlets (transfer tile location data to soils map)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538D2FA2" w14:textId="1AB53072" w:rsidR="00E06105" w:rsidRPr="00E06105" w:rsidRDefault="00E06105" w:rsidP="006D09FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:hanging="450"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06105">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Locations of water supply wells, surface water features, residences, and other features with separation distances from the land application site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D37712" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="005F1516" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="90" w:firstLine="900"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Areas which will </w:t>
@@ -21966,51 +22013,51 @@
           <w:p w14:paraId="0A1398DB" w14:textId="1F0094FD" w:rsidR="001C0238" w:rsidRPr="0035408E" w:rsidRDefault="001C0238" w:rsidP="001C0238">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text320"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text320"/>
+            <w:bookmarkStart w:id="30" w:name="Text320"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -22043,51 +22090,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C714D4" w14:paraId="6E2FFE13" w14:textId="77777777" w:rsidTr="0035408E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CB0AEF4" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -22784,51 +22831,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Texture </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(USDA):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1B608C" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
+          <w:p w14:paraId="3D1B608C" w14:textId="66BCFF29" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -22849,51 +22896,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Course   </w:t>
+              <w:t xml:space="preserve"> Co</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06105">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035408E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rse   </w:t>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23447,147 +23510,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH (SU):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6799B0BE" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
+          <w:p w14:paraId="6799B0BE" w14:textId="66DD1FFB" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00E06105" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text298"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0035408E">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="0035408E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E1E5586" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="-6"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24224,55 +24284,55 @@
             <w:tcW w:w="9990" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FAE1103" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="001C0238">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035408E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If there are any other by-products, manures, or biosolids applied to the sites identified in this application, describe the by-products and include a copy of any contracts or agreements the landowner holds for each material land applied. If permits or approvals are required for these land application activities, provide the regulatory contact person's name, address, and telephone number.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C714D4" w14:paraId="0F658859" w14:textId="77777777" w:rsidTr="008A2D03">
+      <w:tr w:rsidR="00C714D4" w14:paraId="0F658859" w14:textId="77777777" w:rsidTr="00142C16">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="16" w:type="dxa"/>
-          <w:trHeight w:val="1440"/>
+          <w:trHeight w:val="1323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="077A48AD" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:spacing w:before="60"/>
               <w:ind w:right="144"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9990" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7942B6A3" w14:textId="77777777" w:rsidR="00C714D4" w:rsidRPr="0035408E" w:rsidRDefault="00C714D4" w:rsidP="0035408E">
             <w:pPr>
               <w:spacing w:before="60"/>
@@ -29927,117 +29987,117 @@
             </w:r>
             <w:r w:rsidRPr="005F1516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> All</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC5E1C" w:rsidRPr="000D37B6" w14:paraId="30CD9F76" w14:textId="77777777" w:rsidTr="00724BD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D76578A" w14:textId="77777777" w:rsidR="00EC5E1C" w:rsidRDefault="00EC5E1C" w:rsidP="00EC5E1C">
+          <w:p w14:paraId="5D76578A" w14:textId="04E1B1BB" w:rsidR="00EC5E1C" w:rsidRDefault="00EC5E1C" w:rsidP="00EC5E1C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D37B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>For sites used during months</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D37B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12, 1, 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000D37B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or 3 (winter), </w:t>
-[...7 lines deleted...]
-              <w:br/>
+              <w:t xml:space="preserve"> or 3 (winter), is the maximum</w:t>
+            </w:r>
+            <w:r w:rsidR="00E94D2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D37B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>is the maximum slope at the site used during application less than 2%?</w:t>
+              <w:t>slope at the site used during application less than 2%?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2009364E" w14:textId="77777777" w:rsidR="00EC5E1C" w:rsidRDefault="00EC5E1C" w:rsidP="00EC5E1C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D37B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Will there be short-term storage on this site?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -41578,53 +41638,53 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="497D7ED1" w14:textId="77777777" w:rsidR="00311023" w:rsidRPr="00A609FA" w:rsidRDefault="00311023" w:rsidP="00311023">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="date">
               <w:smartTagPr>
+                <w:attr w:name="Month" w:val="4"/>
+                <w:attr w:name="Day" w:val="27"/>
                 <w:attr w:name="Year" w:val="2009"/>
-                <w:attr w:name="Day" w:val="27"/>
-                <w:attr w:name="Month" w:val="4"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="00A609FA">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>4/27/2009</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="658FED94" w14:textId="77777777" w:rsidR="00B93905" w:rsidRPr="00B93905" w:rsidRDefault="00B93905" w:rsidP="00B93905">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -42001,53 +42061,53 @@
               <w:t xml:space="preserve"> (aerial photo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1788" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A988AFE" w14:textId="77777777" w:rsidR="00311023" w:rsidRPr="00A609FA" w:rsidRDefault="00311023" w:rsidP="00311023">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="date">
               <w:smartTagPr>
+                <w:attr w:name="Month" w:val="4"/>
+                <w:attr w:name="Day" w:val="27"/>
                 <w:attr w:name="Year" w:val="2009"/>
-                <w:attr w:name="Day" w:val="27"/>
-                <w:attr w:name="Month" w:val="4"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="00A609FA">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>4/27/2009</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="201AEFE9" w14:textId="77777777" w:rsidR="00311023" w:rsidRPr="00586625" w:rsidRDefault="00311023" w:rsidP="00BD178B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -42599,97 +42659,98 @@
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>USGS</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>U.S. Geological Survey</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC5E1C" w:rsidRPr="00EC5E1C">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="864" w:header="720" w:footer="300" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="013FE8E9" w14:textId="77777777" w:rsidR="00EF0DA6" w:rsidRDefault="00EF0DA6">
+    <w:p w14:paraId="08FBABE1" w14:textId="77777777" w:rsidR="00425DB8" w:rsidRDefault="00425DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CE854B6" w14:textId="77777777" w:rsidR="00EF0DA6" w:rsidRDefault="00EF0DA6">
+    <w:p w14:paraId="50D418D2" w14:textId="77777777" w:rsidR="00425DB8" w:rsidRDefault="00425DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
+    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -42861,114 +42922,105 @@
       </w:rPr>
       <w:tab/>
       <w:t>Use your preferred relay service</w:t>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>•</w:t>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Available in alternative formats</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="64A89CB9" w14:textId="25F3323B" w:rsidR="000A2AC3" w:rsidRPr="003D65E7" w:rsidRDefault="000A2AC3" w:rsidP="000A2AC3">
+  <w:p w14:paraId="64A89CB9" w14:textId="05E3490F" w:rsidR="000A2AC3" w:rsidRPr="003D65E7" w:rsidRDefault="000A2AC3" w:rsidP="000A2AC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10627"/>
       </w:tabs>
       <w:spacing w:before="40"/>
       <w:ind w:right="-115"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>wq-lndapp7-11</w:t>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">  •  </w:t>
     </w:r>
-    <w:r w:rsidR="002D1F55">
+    <w:r w:rsidR="006D09FE">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9/</w:t>
+      <w:t>11/</w:t>
     </w:r>
-    <w:r w:rsidR="002A5CE5">
+    <w:r w:rsidR="00EB4E43">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>14</w:t>
     </w:r>
-    <w:r w:rsidR="00AF0142">
-[...8 lines deleted...]
-    <w:r w:rsidR="002D1F55">
+    <w:r w:rsidR="006D09FE">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/25</w:t>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
@@ -43073,58 +43125,58 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="003D65E7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D8987D5" w14:textId="77777777" w:rsidR="00EF0DA6" w:rsidRDefault="00EF0DA6">
+    <w:p w14:paraId="31490094" w14:textId="77777777" w:rsidR="00425DB8" w:rsidRDefault="00425DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54C668C9" w14:textId="77777777" w:rsidR="00EF0DA6" w:rsidRDefault="00EF0DA6">
+    <w:p w14:paraId="423B4B57" w14:textId="77777777" w:rsidR="00425DB8" w:rsidRDefault="00425DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024671E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB5C0498"/>
     <w:lvl w:ilvl="0" w:tplc="CC5A1C8E">
@@ -44842,236 +44894,256 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="892888231">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="503086873">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="673217470">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="4597765">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1897203157">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="xi7m+AodYHBjahONBDOWu6pzgYZBnOq7GtruVzlH0DiAuX08pwSOGdaa8Ze6sXgq95a9SGxroy11Q1lN9kz1KA==" w:salt="rJ6UjOwXqrU8osMiBRklGQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UN1MLmsZWKMZhRkMSwOZW4MPRK/oEBtFgAK9qpd1+ozhf+eZ+4eHSKbUg+tonerB6+i3LBTuQxqaLSZqfe02cQ==" w:salt="8gMQNk0kw0xaO9KSVpSZFQ=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B94"/>
     <w:rsid w:val="00031DBD"/>
     <w:rsid w:val="00056D8C"/>
     <w:rsid w:val="000752DA"/>
     <w:rsid w:val="00091515"/>
     <w:rsid w:val="000A2AC3"/>
     <w:rsid w:val="000B5CBF"/>
     <w:rsid w:val="000C632A"/>
     <w:rsid w:val="000D37B6"/>
+    <w:rsid w:val="00142C16"/>
     <w:rsid w:val="00151CC9"/>
     <w:rsid w:val="001743E5"/>
     <w:rsid w:val="001975A5"/>
     <w:rsid w:val="001A0900"/>
     <w:rsid w:val="001A0E3E"/>
     <w:rsid w:val="001B71AC"/>
     <w:rsid w:val="001C0238"/>
     <w:rsid w:val="001C467A"/>
+    <w:rsid w:val="001E0564"/>
+    <w:rsid w:val="00200CF5"/>
     <w:rsid w:val="00202F5E"/>
     <w:rsid w:val="00211481"/>
     <w:rsid w:val="002158CA"/>
+    <w:rsid w:val="00243FA5"/>
     <w:rsid w:val="00255489"/>
     <w:rsid w:val="00261488"/>
     <w:rsid w:val="0028471B"/>
     <w:rsid w:val="002851DD"/>
     <w:rsid w:val="00292B95"/>
     <w:rsid w:val="002A5CE5"/>
     <w:rsid w:val="002B2B95"/>
     <w:rsid w:val="002D1F55"/>
     <w:rsid w:val="002E2EB4"/>
+    <w:rsid w:val="002E5A95"/>
     <w:rsid w:val="002F29B0"/>
+    <w:rsid w:val="002F5560"/>
     <w:rsid w:val="00304CEB"/>
     <w:rsid w:val="00311023"/>
     <w:rsid w:val="00315202"/>
     <w:rsid w:val="00321966"/>
     <w:rsid w:val="00347132"/>
     <w:rsid w:val="0035408E"/>
     <w:rsid w:val="00361E35"/>
     <w:rsid w:val="00363E79"/>
     <w:rsid w:val="00370447"/>
     <w:rsid w:val="00370BB0"/>
     <w:rsid w:val="003E1EC1"/>
     <w:rsid w:val="00420556"/>
+    <w:rsid w:val="00425DB8"/>
     <w:rsid w:val="00445346"/>
     <w:rsid w:val="00450EFF"/>
     <w:rsid w:val="0047206C"/>
     <w:rsid w:val="0049521F"/>
     <w:rsid w:val="004C1DFE"/>
+    <w:rsid w:val="004D48BC"/>
     <w:rsid w:val="004E697E"/>
     <w:rsid w:val="004F29BB"/>
     <w:rsid w:val="004F2A69"/>
     <w:rsid w:val="004F3D41"/>
     <w:rsid w:val="005010E2"/>
     <w:rsid w:val="00503D44"/>
     <w:rsid w:val="00507512"/>
     <w:rsid w:val="00514B7B"/>
     <w:rsid w:val="0054564D"/>
     <w:rsid w:val="0058714B"/>
     <w:rsid w:val="005C035F"/>
     <w:rsid w:val="005C4569"/>
     <w:rsid w:val="005E5F24"/>
     <w:rsid w:val="00654FD9"/>
     <w:rsid w:val="00672CC5"/>
     <w:rsid w:val="00674E88"/>
     <w:rsid w:val="00681D46"/>
     <w:rsid w:val="006859D1"/>
     <w:rsid w:val="006B41CE"/>
     <w:rsid w:val="006C0BA3"/>
     <w:rsid w:val="006C4082"/>
+    <w:rsid w:val="006D09FE"/>
     <w:rsid w:val="006E3D57"/>
     <w:rsid w:val="006F1DBA"/>
     <w:rsid w:val="006F58E9"/>
     <w:rsid w:val="00715A2A"/>
     <w:rsid w:val="00722641"/>
     <w:rsid w:val="00724BD1"/>
     <w:rsid w:val="00731D4C"/>
     <w:rsid w:val="00734557"/>
     <w:rsid w:val="00755EAE"/>
     <w:rsid w:val="00761D6A"/>
+    <w:rsid w:val="00763088"/>
     <w:rsid w:val="00764DF0"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00792285"/>
     <w:rsid w:val="007B2EA0"/>
     <w:rsid w:val="007C08C9"/>
     <w:rsid w:val="007C151D"/>
     <w:rsid w:val="007C7B6A"/>
     <w:rsid w:val="007D0A2A"/>
     <w:rsid w:val="007D5646"/>
+    <w:rsid w:val="007E60F6"/>
     <w:rsid w:val="00800BC9"/>
     <w:rsid w:val="00813536"/>
     <w:rsid w:val="008303E2"/>
     <w:rsid w:val="00843FD2"/>
     <w:rsid w:val="008536A4"/>
     <w:rsid w:val="00894CFF"/>
     <w:rsid w:val="008A2D03"/>
     <w:rsid w:val="00900955"/>
     <w:rsid w:val="00912C45"/>
     <w:rsid w:val="00921AB1"/>
     <w:rsid w:val="009223FE"/>
     <w:rsid w:val="009325AA"/>
     <w:rsid w:val="00937450"/>
     <w:rsid w:val="00947DA2"/>
     <w:rsid w:val="009540D6"/>
     <w:rsid w:val="009A7B2B"/>
     <w:rsid w:val="009D5027"/>
     <w:rsid w:val="009E63CA"/>
+    <w:rsid w:val="00A21601"/>
     <w:rsid w:val="00A24847"/>
     <w:rsid w:val="00A43614"/>
     <w:rsid w:val="00A65446"/>
     <w:rsid w:val="00A83853"/>
     <w:rsid w:val="00AF0142"/>
     <w:rsid w:val="00B02B94"/>
     <w:rsid w:val="00B10B56"/>
     <w:rsid w:val="00B11FD8"/>
     <w:rsid w:val="00B20A18"/>
     <w:rsid w:val="00B73BC7"/>
     <w:rsid w:val="00B93905"/>
     <w:rsid w:val="00BB624A"/>
     <w:rsid w:val="00BC3757"/>
     <w:rsid w:val="00BD178B"/>
     <w:rsid w:val="00BD5633"/>
     <w:rsid w:val="00BE5C1A"/>
+    <w:rsid w:val="00C1405B"/>
     <w:rsid w:val="00C40400"/>
     <w:rsid w:val="00C44F64"/>
     <w:rsid w:val="00C50528"/>
     <w:rsid w:val="00C53F36"/>
     <w:rsid w:val="00C547CC"/>
     <w:rsid w:val="00C65063"/>
     <w:rsid w:val="00C714D4"/>
     <w:rsid w:val="00C77B21"/>
     <w:rsid w:val="00C80170"/>
     <w:rsid w:val="00CB3002"/>
     <w:rsid w:val="00CB59B4"/>
     <w:rsid w:val="00CE3860"/>
+    <w:rsid w:val="00CF283D"/>
     <w:rsid w:val="00D01AFA"/>
     <w:rsid w:val="00D15AD0"/>
+    <w:rsid w:val="00D15D78"/>
     <w:rsid w:val="00D26C1C"/>
     <w:rsid w:val="00D278BC"/>
     <w:rsid w:val="00D44472"/>
+    <w:rsid w:val="00D532C7"/>
     <w:rsid w:val="00D558D9"/>
     <w:rsid w:val="00D75F22"/>
     <w:rsid w:val="00DA371A"/>
+    <w:rsid w:val="00E06105"/>
     <w:rsid w:val="00E2078E"/>
     <w:rsid w:val="00E234B8"/>
     <w:rsid w:val="00E32BFE"/>
     <w:rsid w:val="00E40891"/>
     <w:rsid w:val="00E47958"/>
     <w:rsid w:val="00E66E3D"/>
     <w:rsid w:val="00E93516"/>
     <w:rsid w:val="00E94919"/>
+    <w:rsid w:val="00E94D2A"/>
     <w:rsid w:val="00EA40E5"/>
+    <w:rsid w:val="00EB4E43"/>
     <w:rsid w:val="00EC5448"/>
     <w:rsid w:val="00EC5E1C"/>
     <w:rsid w:val="00ED11D9"/>
     <w:rsid w:val="00ED63A5"/>
     <w:rsid w:val="00EE314E"/>
     <w:rsid w:val="00EE66F5"/>
     <w:rsid w:val="00EF0DA6"/>
     <w:rsid w:val="00EF3D5A"/>
     <w:rsid w:val="00F06300"/>
     <w:rsid w:val="00F33D29"/>
+    <w:rsid w:val="00F517CD"/>
     <w:rsid w:val="00F65841"/>
     <w:rsid w:val="00F72186"/>
     <w:rsid w:val="00F76DB8"/>
     <w:rsid w:val="00F86D42"/>
     <w:rsid w:val="00FA5DFE"/>
     <w:rsid w:val="00FF3374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="date"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
@@ -46321,98 +46393,94 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{518E7E85-6077-478E-840C-6BCBF99891B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>3021</Words>
-  <Characters>17225</Characters>
+  <Words>3087</Words>
+  <Characters>17596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IBP Site Notification Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Sandra Simbeck</Manager>
   <Company>PCA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20206</CharactersWithSpaces>
+  <CharactersWithSpaces>20642</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>8192040</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.pca.state.mn.us/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IBP Site Notification Form</dc:title>
   <dc:subject>This form must be completed in full and submitted for each land application site proposed to be utilized.</dc:subject>
-  <dc:creator>Minnesota Pollution Control Agency - Rachel Parlin (Sandra Simbeck)</dc:creator>
+  <dc:creator>Minnesota Pollution Control Agency -Adam Sekely and Rachel Parlin (Sandra Simbeck)</dc:creator>
   <cp:keywords>Minnesota Pollution Control Agency,wq-lndapp7-11,water quality,land applications,site notification,industrial by-product,ibp site notification form</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>water quality,land application</cp:category>
 </cp:coreProperties>
 </file>
-
-[...2 lines deleted...]
-</file>