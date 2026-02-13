--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -59,51 +59,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52E1D0F7" w14:textId="77777777" w:rsidR="00C9583F" w:rsidRPr="00B5499A" w:rsidRDefault="003E6E96" w:rsidP="008D791B">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9909FB" wp14:editId="221A3727">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9909FB" wp14:editId="660D5FBF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>77470</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1248410" cy="1193165"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="766189684" name="Picture 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="766189684" name="Picture 1">
@@ -209,69 +209,109 @@
               <w:ind w:left="20" w:right="-109" w:hanging="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023020F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>General Guidance for HHW Programs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E5DEC3A" w14:textId="77777777" w:rsidR="00063187" w:rsidRPr="0023020F" w:rsidRDefault="00063187" w:rsidP="00063187">
+    <w:p w14:paraId="6E5DEC3A" w14:textId="4CC96C8E" w:rsidR="00063187" w:rsidRPr="0023020F" w:rsidRDefault="00063187" w:rsidP="00063187">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023020F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Note: This guidance document is for informational purposes only and outlines basic employer requirements. The MPCA makes no guarantee that this document satisfies the requirements of its users ensuring compliance. It is the sole responsibility of your specific HHW Program employer(s) to determine if OSHA</w:t>
+        <w:t xml:space="preserve">Note: This guidance document is for informational purposes only and outlines basic employer requirements. The MPCA makes no guarantee that this document satisfies the requirements of its users ensuring compliance. It is the sole responsibility of </w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Household Hazardous Waste (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023020F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HHW</w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023020F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program employer(s) to determine if OSHA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, DOT and RCRA</w:t>
       </w:r>
       <w:r w:rsidRPr="0023020F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> requirements have been met. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7B21B9FE" w14:textId="199FBC96" w:rsidR="00556EEB" w:rsidRPr="00E55BFE" w:rsidRDefault="00556EEB" w:rsidP="00FF4D07">
@@ -284,100 +324,108 @@
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C52A57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E55BFE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535B40CA" w14:textId="3233F14E" w:rsidR="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="535B40CA" w14:textId="7D082612" w:rsidR="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="60" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This Household Hazardous Waste (HHW) program accepts many types of</w:t>
+        <w:t xml:space="preserve">This HHW Standard Operating Procedure provides guidance to ensure proper requirements are followed for safe and efficient </w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">processing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hazardous </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> aerosol and cylinder</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Toc292109327"/>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> container</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="622AC37F" w14:textId="77777777" w:rsidR="002B5EC8" w:rsidRPr="00625B3C" w:rsidRDefault="002B5EC8" w:rsidP="00FF4D07">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625B3C">
@@ -385,51 +433,51 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk212017036"/>
       <w:r w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Training requirements </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="27EBC9DA" w14:textId="6F7EFE54" w:rsidR="00174D9A" w:rsidRDefault="008D791B" w:rsidP="002B5EC8">
+    <w:p w14:paraId="27EBC9DA" w14:textId="2F3A407D" w:rsidR="00174D9A" w:rsidRDefault="008D791B" w:rsidP="002B5EC8">
       <w:pPr>
         <w:pStyle w:val="SOPLevel3text"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2898">
@@ -458,69 +506,51 @@
       </w:r>
       <w:r w:rsidR="00174D9A" w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The dedicated Program staff to ensure compliance and</w:t>
       </w:r>
       <w:r w:rsidR="00174D9A" w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> proper </w:t>
       </w:r>
       <w:r w:rsidR="00174D9A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">household hazardous </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (HHW) </w:t>
+        <w:t xml:space="preserve">HHW </w:t>
       </w:r>
       <w:r w:rsidR="00174D9A" w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">processing </w:t>
       </w:r>
       <w:r w:rsidR="00174D9A" w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is the [</w:t>
       </w:r>
       <w:r w:rsidR="00174D9A" w:rsidRPr="00625B3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -741,51 +771,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00433507">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00174D9A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Processing Aerosols </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3CB7D2" w14:textId="67196918" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="3B3CB7D2" w14:textId="67196918" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00552396">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -836,511 +866,635 @@
             <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>health hazards</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2364B83A" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="2364B83A" w14:textId="79E6563B" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prohibition on Puncturing and Bulking:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00552396">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">Puncturing aerosol cans and bulking their contents is prohibited at all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HW Facilities. This restriction is due to safety concerns and federal regulations that prohibit the release of aerosol propellants into the atmosphere.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001435E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Charcoal and activated carbon filters attached to many commercial puncturing devices do not effectively capture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HW</w:t>
       </w:r>
       <w:r w:rsidRPr="001435E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> propellants or gases for proper disposal or on their own protect </w:t>
+        <w:t xml:space="preserve"> propellants </w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001435E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protect </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>facility staff</w:t>
       </w:r>
       <w:r w:rsidRPr="001435E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FC40BD" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Product Reuse Area:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D59A9">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="002D59A9">
+      <w:r w:rsidRPr="00552396">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sorting Requirements:</w:t>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve">Intact and usable aerosol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aerosol containers may not be comingled with cylinders; see Attachment B for additional information regarding cylinder purging. </w:t>
+        <w:t>products may</w:t>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Aerosol cans must be sorted based on whether they are empty or non-empty:</w:t>
+        <w:t xml:space="preserve"> be placed in the facility's product reuse area.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C7C7E8" w14:textId="1732F95A" w:rsidR="00174D9A" w:rsidRPr="00384E82" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="4D6E9CAC" w14:textId="1487200E" w:rsidR="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="00A910AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C115D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Empty cans</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> may be disposed of as solid waste. A container is considered empty when:</w:t>
+        <w:t>Sorting Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00552396">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C115D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aerosol containers may not be comingled with cylinders; see Attachment </w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C115D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for additional information regarding cylinder purging. Aerosol cans must be sorted based on whether they are empty or non-empty:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4CE2AC" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="462E1EB6" w14:textId="77777777" w:rsidR="00C115D8" w:rsidRDefault="00C115D8" w:rsidP="002576C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="32"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>No pressure is released through an open, functioning valve.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Empty cans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be disposed of as solid waste. A c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ontainer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is considered empty when:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA0E70E" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="725D07E7" w14:textId="77777777" w:rsidR="00C115D8" w:rsidRPr="002D59A9" w:rsidRDefault="00C115D8" w:rsidP="002576C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="32"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-        <w:t>rotated in any direction.</w:t>
+        <w:t>No pressure is released through an open, functioning valve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACCE69D" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="7605164F" w14:textId="77777777" w:rsidR="00C115D8" w:rsidRPr="002D59A9" w:rsidRDefault="00C115D8" w:rsidP="002576C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="32"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Less than 3% of the original product remains.</w:t>
+        <w:t xml:space="preserve">No liquid or gas is emitted when </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dispense nozzle is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rotated in any direction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B80FC4" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="002B5EC8">
+    <w:p w14:paraId="3C35DC65" w14:textId="77777777" w:rsidR="00C115D8" w:rsidRPr="002D59A9" w:rsidRDefault="00C115D8" w:rsidP="002576C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="32"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>No liquid is felt or heard when shaken.</w:t>
+        <w:t>Less than 3% of the original product remains.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D41C06D" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
-[...2 lines deleted...]
-        <w:spacing w:before="60" w:after="120" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7265CC41" w14:textId="16D2C498" w:rsidR="00F039F1" w:rsidRPr="00A016D3" w:rsidRDefault="00C115D8" w:rsidP="002576C2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No liquid is felt or heard when shaken</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; manage </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nonempty</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> containers</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1" w:rsidRPr="00F039F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> must be managed as a hazardous waste.</w:t>
+        <w:t xml:space="preserve"> as a hazardous waste.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086E42C6" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
+    <w:p w14:paraId="086E42C6" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00A910AA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Preparation for Shipment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0904670C" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
+    <w:p w14:paraId="0904670C" w14:textId="56BCC8EF" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00A910AA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="60" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Remove the spray nozzle (dispenser stem) or install a protective cap on all non-empty aerosol containers prior to shipment.</w:t>
+        <w:t xml:space="preserve">Remove the spray nozzle (dispenser stem) or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1" w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protective cap </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7544A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on all non-empty aerosol containers prior to shipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F1E4EB" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
+    <w:p w14:paraId="17CF1247" w14:textId="1EE56E10" w:rsidR="00552396" w:rsidRDefault="00174D9A" w:rsidP="00A910AA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Separate cans by waste type</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as outlined in the Hazardous Categorization Manual</w:t>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
@@ -1358,365 +1512,384 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pesticide</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, foam</w:t>
       </w:r>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) and pack into appropriate shipping containers:</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>using DOT approved 55-gallon metal or poly drum</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00247F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or Gaylord</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> box containers</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7544A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D59A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E7CFA2" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
+    <w:p w14:paraId="143341C4" w14:textId="7F731C05" w:rsidR="00174D9A" w:rsidRPr="00A910AA" w:rsidRDefault="00174D9A" w:rsidP="00A910AA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="37"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>DOT-approved 55-gallon drums (UN1A2 metal or UN1H2 poly) or</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Container Requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52153F89" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRDefault="00174D9A" w:rsidP="00FF4D07">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="0979D557" w14:textId="6687CB26" w:rsidR="00D7544A" w:rsidRPr="00A910AA" w:rsidRDefault="00D7544A" w:rsidP="00A910AA">
+      <w:pPr>
+        <w:pStyle w:val="PCABulletLevel2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pack into appropriate shipping containers: either DOT-approved 55-gallon drums (UN1A2 metal or UN1H2 poly) or Cubic yard (Gaylord) boxes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B98D669" w14:textId="69689B45" w:rsidR="00D7544A" w:rsidRPr="00F039F1" w:rsidRDefault="00174D9A" w:rsidP="00D428E2">
+      <w:pPr>
+        <w:pStyle w:val="PCABulletLevel2"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="37"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:tabs>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D59A9">
-[...7 lines deleted...]
-        <w:t>Container Requirements:</w:t>
+      <w:r w:rsidRPr="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No packing material or inventory lists inside the container</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1" w:rsidRPr="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1" w:rsidRPr="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weight limits are ≤1,100 lbs. for Gaylord boxes or ≤880 lbs. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00F039F1" w:rsidRPr="00F039F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55-gallon drums</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6EAB43" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="009C1533">
-[...115 lines deleted...]
-    <w:p w14:paraId="360F1AFC" w14:textId="77777777" w:rsidR="00174D9A" w:rsidRPr="002D59A9" w:rsidRDefault="00174D9A" w:rsidP="009C1533">
+    <w:p w14:paraId="4486C305" w14:textId="0982D3F8" w:rsidR="006A5952" w:rsidRPr="006A5952" w:rsidRDefault="006A5952" w:rsidP="006A5952">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D59A9">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="002D59A9">
+      <w:r w:rsidRPr="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Label</w:t>
+      </w:r>
+      <w:r w:rsidR="00174D9A" w:rsidRPr="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> container</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00174D9A" w:rsidRPr="006A5952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5952">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Waste Aerosols/Gas Cylinders,” “Used Aerosols/Gas Cylinders,” or “Universal Waste Aerosols/Gas Cylinders” (as applicable)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E037787" w14:textId="77777777" w:rsidR="009C1533" w:rsidRDefault="009C1533">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDEBFB6" w14:textId="77CF1271" w:rsidR="00384E82" w:rsidRDefault="00384E82" w:rsidP="00384E82">
+    <w:p w14:paraId="5DDEBFB6" w14:textId="62BC1F65" w:rsidR="00384E82" w:rsidRDefault="00384E82" w:rsidP="00384E82">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2AC5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Attachment </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00247F42">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>B</w:t>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="004F2AC5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Cylinder Purging</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="456D964A" w14:textId="77777777" w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidRDefault="00384E82" w:rsidP="00384E82">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
@@ -1790,65 +1963,65 @@
         <w:t xml:space="preserve">The only types of cylinders that may be purged are </w:t>
       </w:r>
       <w:r w:rsidRPr="005F2819">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>empty</w:t>
       </w:r>
       <w:r w:rsidRPr="005F2819">
         <w:t xml:space="preserve"> propane or cylinders containing only oxygen, nitrogen or helium. </w:t>
       </w:r>
       <w:r w:rsidRPr="005F2819">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Never</w:t>
       </w:r>
       <w:r w:rsidRPr="005F2819">
         <w:t xml:space="preserve"> evacuate or puncture cylinders with the following contents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5340F807" w14:textId="77777777" w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidRDefault="00384E82" w:rsidP="00384E82">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:spacing w:after="120"/>
-        <w:sectPr w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidSect="00D7495D">
+        <w:sectPr w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidSect="00D428E2">
           <w:headerReference w:type="even" r:id="rId11"/>
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:footnotePr>
             <w:numRestart w:val="eachSect"/>
           </w:footnotePr>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-          <w:pgMar w:top="900" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="403" w:gutter="0"/>
+          <w:pgMar w:top="900" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E7806B2" w14:textId="77777777" w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidRDefault="00384E82" w:rsidP="00384E82">
       <w:pPr>
         <w:pStyle w:val="bullet"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA1D25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chlorine compounds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA5D8EB" w14:textId="77777777" w:rsidR="00384E82" w:rsidRPr="00BA1D25" w:rsidRDefault="00384E82" w:rsidP="00384E82">
       <w:pPr>
@@ -2610,148 +2783,148 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F6B0C">
         <w:object w:dxaOrig="9599" w:dyaOrig="7199" w14:anchorId="5560D379">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:166.9pt;height:111pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:167.25pt;height:111pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1822649132" r:id="rId20"/>
+          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1827550551" r:id="rId20"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00112B23" w:rsidRPr="00112B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637935AC" w14:textId="55AEDDCC" w:rsidR="00112B23" w:rsidRPr="004F6B0C" w:rsidRDefault="00112B23" w:rsidP="00112B23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F6B0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Photo 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0CEB24" w14:textId="77777777" w:rsidR="00112B23" w:rsidRDefault="00112B23" w:rsidP="00112B23">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13CE5">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:object w:dxaOrig="9599" w:dyaOrig="7199" w14:anchorId="1781A3E5">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:165pt;height:112.15pt" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:165pt;height:112.5pt" o:ole="">
             <v:imagedata r:id="rId21" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1822649133" r:id="rId22"/>
+          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1827550552" r:id="rId22"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A58DE2" w14:textId="77777777" w:rsidR="00112B23" w:rsidRDefault="00112B23" w:rsidP="00112B23">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:sectPr w:rsidR="00112B23" w:rsidSect="00112B23">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5576E10D" w14:textId="7B9568CD" w:rsidR="00112B23" w:rsidRDefault="00112B23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00112B23" w:rsidSect="00112B23">
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0945B07F" w14:textId="77777777" w:rsidR="00F61C6B" w:rsidRDefault="00F61C6B">
+    <w:p w14:paraId="6ABC2775" w14:textId="77777777" w:rsidR="00840335" w:rsidRDefault="00840335">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3878BC29" w14:textId="77777777" w:rsidR="00F61C6B" w:rsidRDefault="00F61C6B">
+    <w:p w14:paraId="4CA75BEB" w14:textId="77777777" w:rsidR="00840335" w:rsidRDefault="00840335">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2884,51 +3057,51 @@
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:i/>
         <w:spacing w:val="20"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7EBF170F" w14:textId="146C3886" w:rsidR="00112B23" w:rsidRDefault="00112B23" w:rsidP="00112B23">
+  <w:p w14:paraId="7EBF170F" w14:textId="021A67F9" w:rsidR="00112B23" w:rsidRDefault="00112B23" w:rsidP="00112B23">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>HHW SOP 4.</w:t>
     </w:r>
     <w:r w:rsidR="00A9475A">
@@ -2972,58 +3145,67 @@
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>stes</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00A9475A">
+    <w:r w:rsidR="00D7544A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>October</w:t>
+      <w:t>Decem</w:t>
+    </w:r>
+    <w:r w:rsidR="00A9475A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ber</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025 </w:t>
     </w:r>
     <w:r w:rsidR="000A4D80" w:rsidRPr="00A14CB7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| w</w:t>
     </w:r>
     <w:r w:rsidRPr="00AE0ABD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-hhwsop</w:t>
@@ -3094,51 +3276,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00441CF6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="171EB0FB" w14:textId="77777777" w:rsidR="00A77DEF" w:rsidRDefault="00A77DEF">
+  <w:p w14:paraId="04CE2C67" w14:textId="77777777" w:rsidR="00D428E2" w:rsidRDefault="00D428E2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19C30DEA" w14:textId="41DA9803" w:rsidR="008D791B" w:rsidRPr="008D791B" w:rsidRDefault="008D791B" w:rsidP="008D791B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -3279,89 +3461,89 @@
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00441CF6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="163AA54B" w14:textId="77777777" w:rsidR="005B0B38" w:rsidRDefault="005B0B38"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73259608" w14:textId="77777777" w:rsidR="00F61C6B" w:rsidRDefault="00F61C6B">
+    <w:p w14:paraId="32C347CB" w14:textId="77777777" w:rsidR="00840335" w:rsidRDefault="00840335">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C76D7A5" w14:textId="77777777" w:rsidR="00F61C6B" w:rsidRDefault="00F61C6B">
+    <w:p w14:paraId="62FD1404" w14:textId="77777777" w:rsidR="00840335" w:rsidRDefault="00840335">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26E1062C" w14:textId="77777777" w:rsidR="00A77DEF" w:rsidRDefault="00A77DEF">
+  <w:p w14:paraId="687B5526" w14:textId="77777777" w:rsidR="00D428E2" w:rsidRDefault="00D428E2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72E53870" w14:textId="77777777" w:rsidR="00A77DEF" w:rsidRDefault="00A77DEF">
+  <w:p w14:paraId="35C9C8B5" w14:textId="77777777" w:rsidR="00D428E2" w:rsidRDefault="00D428E2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17F648AE" w14:textId="77777777" w:rsidR="00A77DEF" w:rsidRDefault="00A77DEF">
+  <w:p w14:paraId="4FC42349" w14:textId="77777777" w:rsidR="00D428E2" w:rsidRDefault="00D428E2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0454559C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -3488,194 +3670,307 @@
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03DA6191"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7C80E020"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07D47082"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2027388"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...1 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...1 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
-[...1 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
-[...1 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09873D92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAD06278"/>
     <w:lvl w:ilvl="0" w:tplc="2104F15C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -3747,51 +4042,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D4676DD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6108F312"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3889,51 +4184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10820D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71A67B78"/>
     <w:lvl w:ilvl="0" w:tplc="3266F462">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F1087CF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4030,51 +4325,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6075"/>
         </w:tabs>
         <w:ind w:left="6075" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6795"/>
         </w:tabs>
         <w:ind w:left="6795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="110F174B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2027388"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4174,51 +4469,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11C7369D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F384684"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
@@ -4325,51 +4620,51 @@
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A3B104D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C647202"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4465,51 +4760,198 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A4C1709"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E1A64FF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A975ACF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="099028E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4609,51 +5051,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F5F2D93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6C4FFE4"/>
     <w:lvl w:ilvl="0" w:tplc="6CCC387E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4750,51 +5192,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21167907"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4803EE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4863,51 +5305,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22C21DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3452BA30"/>
     <w:lvl w:ilvl="0" w:tplc="4FAA7C42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1267"/>
         </w:tabs>
         <w:ind w:left="1267" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5005,51 +5447,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6307"/>
         </w:tabs>
         <w:ind w:left="6307" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7027"/>
         </w:tabs>
         <w:ind w:left="7027" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="238E4940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5178B91C"/>
     <w:lvl w:ilvl="0" w:tplc="14C2CC9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5119,51 +5561,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2425671F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEB87192"/>
     <w:lvl w:ilvl="0" w:tplc="EEB8C20E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5233,51 +5675,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24C13487"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4AB43120"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5381,51 +5823,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25CE1408"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85688AE8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5494,51 +5936,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="272C6C52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5A2B2F4"/>
     <w:lvl w:ilvl="0" w:tplc="4E0A41CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5580,51 +6022,314 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2789761E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="869A424A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="PCABulletLevel2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27964EF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="623030E6"/>
+    <w:lvl w:ilvl="0" w:tplc="F79E1A28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29CE03EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01F0BDE2"/>
     <w:lvl w:ilvl="0" w:tplc="A8649244">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5723,51 +6428,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D6C3727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="492CA9BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5809,51 +6514,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9A2551"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5F096BC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5949,51 +6654,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DAA7C2E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C128372"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="SOPHead3"/>
       <w:lvlText w:val="3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6099,85 +6804,78 @@
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="935988013"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30377A4B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E6E8EBB0"/>
+    <w:tmpl w:val="9E1C48FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...5 lines deleted...]
-        </w:tabs>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6244,51 +6942,195 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32F47781"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E561D08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37CA0B2D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="226E1F7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="6.1"/>
@@ -6393,51 +7235,51 @@
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="935988013"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="432A6D98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="732CC5F6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="138423DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6532,51 +7374,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4832706B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1152E1A4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1267" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1987" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6645,51 +7487,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6307" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7027" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49992B28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1C02B66"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6758,51 +7600,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D0211AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD76B284"/>
     <w:lvl w:ilvl="0" w:tplc="25DE3394">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6900,51 +7742,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50D365F3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF9E3B3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7022,58 +7864,57 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52585181"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="257C6F82"/>
+    <w:tmpl w:val="19E2376C"/>
     <w:lvl w:ilvl="0" w:tplc="F79E1A28">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="PCABulletLevel2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -7139,51 +7980,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57EC3F44"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CF28D14A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -7252,51 +8093,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CA1467E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C06A684"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -7365,51 +8206,193 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CCF7F86"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7270D512"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719D6EC1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C21C31FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7506,51 +8489,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71A22AC7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89ECA268"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7646,51 +8629,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A473F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE74E3E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1267" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1987" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7759,51 +8742,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6307" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7027" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DAA2DB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9DE3360"/>
     <w:lvl w:ilvl="0" w:tplc="BEE04878">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7849,431 +8832,601 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E763959"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D58CC8C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F79E1A28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="808080"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="671952029">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="821434402">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="270094992">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="560406482">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2134013816">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="195241025">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="114761922">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1096168710">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1624461946">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="5524387">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="268854829">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="214128984">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2087072635">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="504445052">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="161242332">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2087072635">
+  <w:num w:numId="16" w16cid:durableId="873226935">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="594675184">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="623580663">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1018576885">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1047414492">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="504445052">
-[...19 lines deleted...]
-  </w:num>
   <w:num w:numId="21" w16cid:durableId="190654918">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1568882225">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1455513900">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="572739405">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="856043907">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1721900019">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="536159235">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1171024674">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="2160"/>
           </w:tabs>
           <w:ind w:left="2160" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1164123209">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="2160"/>
           </w:tabs>
           <w:ind w:left="2160" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1649893383">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="2160"/>
           </w:tabs>
           <w:ind w:left="2160" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1765150225">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1018658782">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="463500889">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="324743477">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="189757602">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="324743477">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="36" w16cid:durableId="2038384978">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="189757602">
+  <w:num w:numId="37" w16cid:durableId="1708607373">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2038384978">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="38" w16cid:durableId="109904787">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1800492177">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="232589556">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="398678559">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="935597035">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1545824651">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="743381365">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1796366051">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1472744659">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:markup="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D791B"/>
     <w:rsid w:val="0000442F"/>
     <w:rsid w:val="0003261D"/>
     <w:rsid w:val="00035F36"/>
     <w:rsid w:val="00046262"/>
     <w:rsid w:val="00055E16"/>
     <w:rsid w:val="00063187"/>
     <w:rsid w:val="00086282"/>
+    <w:rsid w:val="00090993"/>
     <w:rsid w:val="000A4D80"/>
     <w:rsid w:val="000B0FF0"/>
     <w:rsid w:val="000D2548"/>
     <w:rsid w:val="000D376D"/>
     <w:rsid w:val="000D46B4"/>
     <w:rsid w:val="000E41B9"/>
     <w:rsid w:val="000E476A"/>
     <w:rsid w:val="000E68D6"/>
     <w:rsid w:val="00112B23"/>
     <w:rsid w:val="00125903"/>
     <w:rsid w:val="00143B38"/>
     <w:rsid w:val="00146D50"/>
     <w:rsid w:val="0015073C"/>
     <w:rsid w:val="00163E4F"/>
     <w:rsid w:val="00174D9A"/>
     <w:rsid w:val="001B78A9"/>
     <w:rsid w:val="001E0547"/>
     <w:rsid w:val="001E3818"/>
     <w:rsid w:val="001E7E8F"/>
     <w:rsid w:val="0020612C"/>
     <w:rsid w:val="00227DEB"/>
     <w:rsid w:val="00234E16"/>
+    <w:rsid w:val="00247F42"/>
+    <w:rsid w:val="002576C2"/>
     <w:rsid w:val="002622CE"/>
     <w:rsid w:val="00264B0A"/>
     <w:rsid w:val="00274769"/>
     <w:rsid w:val="002A7892"/>
     <w:rsid w:val="002B0FCD"/>
     <w:rsid w:val="002B5EC8"/>
     <w:rsid w:val="002C188D"/>
     <w:rsid w:val="002F6599"/>
     <w:rsid w:val="00304C92"/>
     <w:rsid w:val="00351B4C"/>
     <w:rsid w:val="00361872"/>
     <w:rsid w:val="00384E82"/>
     <w:rsid w:val="003912FE"/>
     <w:rsid w:val="0039494A"/>
     <w:rsid w:val="003A4E13"/>
     <w:rsid w:val="003E4145"/>
     <w:rsid w:val="003E6E96"/>
     <w:rsid w:val="003E7804"/>
     <w:rsid w:val="003F6AAD"/>
+    <w:rsid w:val="00411623"/>
     <w:rsid w:val="0041537B"/>
     <w:rsid w:val="00441CF6"/>
     <w:rsid w:val="0046738B"/>
     <w:rsid w:val="004762CC"/>
+    <w:rsid w:val="0048269D"/>
     <w:rsid w:val="004A37DF"/>
+    <w:rsid w:val="004B4F05"/>
     <w:rsid w:val="004C2A6A"/>
     <w:rsid w:val="004D7D89"/>
     <w:rsid w:val="004F688C"/>
     <w:rsid w:val="00501E00"/>
     <w:rsid w:val="00521A58"/>
     <w:rsid w:val="005331A9"/>
+    <w:rsid w:val="00535942"/>
     <w:rsid w:val="00535B96"/>
     <w:rsid w:val="00550470"/>
+    <w:rsid w:val="00552396"/>
     <w:rsid w:val="00556EEB"/>
     <w:rsid w:val="00574768"/>
     <w:rsid w:val="005B0B38"/>
     <w:rsid w:val="005B4B24"/>
     <w:rsid w:val="005D7BCD"/>
     <w:rsid w:val="005F0CF4"/>
     <w:rsid w:val="005F28BC"/>
     <w:rsid w:val="00615161"/>
     <w:rsid w:val="0061567E"/>
     <w:rsid w:val="006240BF"/>
     <w:rsid w:val="00646449"/>
+    <w:rsid w:val="00691B76"/>
+    <w:rsid w:val="006A5952"/>
     <w:rsid w:val="006A7D52"/>
     <w:rsid w:val="006B792D"/>
     <w:rsid w:val="006C2B3A"/>
     <w:rsid w:val="006C4998"/>
     <w:rsid w:val="006E238C"/>
     <w:rsid w:val="006F16C9"/>
+    <w:rsid w:val="007324D7"/>
     <w:rsid w:val="007623E1"/>
     <w:rsid w:val="007B2DA6"/>
     <w:rsid w:val="00800D6B"/>
     <w:rsid w:val="00801838"/>
     <w:rsid w:val="00820377"/>
     <w:rsid w:val="008215EA"/>
     <w:rsid w:val="00825004"/>
     <w:rsid w:val="00834A9F"/>
+    <w:rsid w:val="00840335"/>
     <w:rsid w:val="00844AAF"/>
     <w:rsid w:val="00846B04"/>
     <w:rsid w:val="00871406"/>
+    <w:rsid w:val="00881DDB"/>
+    <w:rsid w:val="00891A4A"/>
+    <w:rsid w:val="00895B9B"/>
     <w:rsid w:val="008A5F69"/>
     <w:rsid w:val="008B0FB5"/>
     <w:rsid w:val="008B1923"/>
     <w:rsid w:val="008B2929"/>
+    <w:rsid w:val="008B6516"/>
     <w:rsid w:val="008C58AD"/>
     <w:rsid w:val="008D269C"/>
     <w:rsid w:val="008D7259"/>
     <w:rsid w:val="008D791B"/>
     <w:rsid w:val="008D7C42"/>
+    <w:rsid w:val="008F452F"/>
     <w:rsid w:val="008F69FD"/>
     <w:rsid w:val="00910B44"/>
+    <w:rsid w:val="00924513"/>
     <w:rsid w:val="00932291"/>
     <w:rsid w:val="009428F2"/>
     <w:rsid w:val="009439BF"/>
     <w:rsid w:val="00991AA3"/>
     <w:rsid w:val="009937F1"/>
     <w:rsid w:val="009A0CB4"/>
     <w:rsid w:val="009B0111"/>
     <w:rsid w:val="009C1533"/>
     <w:rsid w:val="009C61F9"/>
     <w:rsid w:val="009E352A"/>
+    <w:rsid w:val="009E7D73"/>
+    <w:rsid w:val="00A016D3"/>
     <w:rsid w:val="00A14CB7"/>
     <w:rsid w:val="00A16F06"/>
     <w:rsid w:val="00A45D24"/>
+    <w:rsid w:val="00A529F4"/>
     <w:rsid w:val="00A54B45"/>
     <w:rsid w:val="00A66029"/>
     <w:rsid w:val="00A72BCA"/>
     <w:rsid w:val="00A77DEF"/>
     <w:rsid w:val="00A77EAF"/>
+    <w:rsid w:val="00A910AA"/>
     <w:rsid w:val="00A9475A"/>
     <w:rsid w:val="00AA4C5A"/>
     <w:rsid w:val="00AA5282"/>
     <w:rsid w:val="00AC0A74"/>
     <w:rsid w:val="00AC5594"/>
     <w:rsid w:val="00AC7452"/>
     <w:rsid w:val="00AD2477"/>
     <w:rsid w:val="00AD3851"/>
     <w:rsid w:val="00AE0ABD"/>
     <w:rsid w:val="00AF069F"/>
     <w:rsid w:val="00B0090C"/>
     <w:rsid w:val="00B17303"/>
     <w:rsid w:val="00B47171"/>
     <w:rsid w:val="00B57E1E"/>
     <w:rsid w:val="00B866C5"/>
     <w:rsid w:val="00B86F32"/>
     <w:rsid w:val="00B96231"/>
     <w:rsid w:val="00BC331B"/>
     <w:rsid w:val="00BF062A"/>
     <w:rsid w:val="00BF5805"/>
     <w:rsid w:val="00BF6879"/>
+    <w:rsid w:val="00C115D8"/>
     <w:rsid w:val="00C13911"/>
+    <w:rsid w:val="00C354B1"/>
     <w:rsid w:val="00C52A57"/>
     <w:rsid w:val="00C54FB8"/>
     <w:rsid w:val="00C9583F"/>
     <w:rsid w:val="00CD739A"/>
     <w:rsid w:val="00CD7974"/>
     <w:rsid w:val="00D009B8"/>
     <w:rsid w:val="00D0661A"/>
+    <w:rsid w:val="00D118B1"/>
     <w:rsid w:val="00D239A2"/>
     <w:rsid w:val="00D37746"/>
     <w:rsid w:val="00D40020"/>
+    <w:rsid w:val="00D428E2"/>
     <w:rsid w:val="00D439C5"/>
     <w:rsid w:val="00D46598"/>
     <w:rsid w:val="00D47AAE"/>
     <w:rsid w:val="00D47D25"/>
     <w:rsid w:val="00D7495D"/>
+    <w:rsid w:val="00D7544A"/>
     <w:rsid w:val="00D85D10"/>
     <w:rsid w:val="00DC3EA8"/>
     <w:rsid w:val="00DD108D"/>
     <w:rsid w:val="00E0738D"/>
     <w:rsid w:val="00E166C3"/>
     <w:rsid w:val="00E4006A"/>
+    <w:rsid w:val="00E41389"/>
     <w:rsid w:val="00E532DD"/>
     <w:rsid w:val="00E55BFE"/>
     <w:rsid w:val="00E808AF"/>
     <w:rsid w:val="00E9455C"/>
     <w:rsid w:val="00E95DD7"/>
     <w:rsid w:val="00E965BE"/>
     <w:rsid w:val="00EA4675"/>
     <w:rsid w:val="00ED3959"/>
+    <w:rsid w:val="00ED7B13"/>
     <w:rsid w:val="00EF374B"/>
     <w:rsid w:val="00EF3CEC"/>
     <w:rsid w:val="00EF755C"/>
+    <w:rsid w:val="00F039F1"/>
     <w:rsid w:val="00F04BAD"/>
     <w:rsid w:val="00F42D1F"/>
     <w:rsid w:val="00F56B33"/>
     <w:rsid w:val="00F61C6B"/>
     <w:rsid w:val="00F734C3"/>
     <w:rsid w:val="00F83198"/>
+    <w:rsid w:val="00FA67CA"/>
     <w:rsid w:val="00FB3AA1"/>
     <w:rsid w:val="00FF4D07"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -9737,51 +10890,51 @@
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PCATitle">
     <w:name w:val="PCA Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E9455C"/>
     <w:pPr>
       <w:spacing w:before="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PCABulletLevel2">
     <w:name w:val="PCA Bullet Level 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00174D9A"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="31"/>
+        <w:numId w:val="44"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00384E82"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00384E82"/>
     <w:pPr>
       <w:ind w:left="1080" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
@@ -10239,76 +11392,76 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FBC3598-5A96-4403-B023-D367D28DB6D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>811</Words>
-  <Characters>5017</Characters>
+  <Words>792</Words>
+  <Characters>4940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SOP 4.07 Aerosol Wastes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Teresa Gilbertson, L. McLain</Manager>
   <Company>MPCA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5817</CharactersWithSpaces>
+  <CharactersWithSpaces>5721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3276896</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://dothazmat.vividlms.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6029333</vt:i4>
       </vt:variant>
       <vt:variant>