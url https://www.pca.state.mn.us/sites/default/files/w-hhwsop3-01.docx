--- v0 (2025-12-04)
+++ v1 (2026-02-07)
@@ -1,104 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10235" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2482"/>
         <w:gridCol w:w="7753"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F0231" w:rsidRPr="00B5499A" w14:paraId="0F8C386D" w14:textId="77777777" w:rsidTr="00906931">
         <w:trPr>
           <w:trHeight w:val="891"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7064E594" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="00B5499A" w:rsidRDefault="000F0231" w:rsidP="00F57837">
+          <w:p w14:paraId="7064E594" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="00B5499A" w:rsidRDefault="000F0231" w:rsidP="00906931">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="497B43E1" wp14:editId="73C8A007">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="497B43E1" wp14:editId="543B49F7">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>77470</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1248410" cy="1193165"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="1944925537" name="Picture 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="766189684" name="Picture 1">
@@ -345,51 +345,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Program employer to determine i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f required standards</w:t>
       </w:r>
       <w:r w:rsidRPr="0023020F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been met. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B815E81" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00A12B26" w:rsidP="000F0231">
+    <w:p w14:paraId="1B815E81" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="0039029F" w:rsidP="000F0231">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="161AD1F6">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D133FB9" w14:textId="26D897CE" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00B4185F" w:rsidP="00C15913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -579,51 +579,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="000F0231" w:rsidRPr="000F0231">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Minnesota Rules</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F0231" w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C83233" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00A12B26" w:rsidP="000F0231">
+    <w:p w14:paraId="64C83233" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="0039029F" w:rsidP="000F0231">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="1DF58616">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3ACBBB" w14:textId="4280B743" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00761BCE" w:rsidP="00C15913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -907,51 +907,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Any incident requiring notification of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000F0231">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Minnesota Duty Officer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4885C9B6" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00A12B26" w:rsidP="000F0231">
+    <w:p w14:paraId="4885C9B6" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="0039029F" w:rsidP="000F0231">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="6F25CAEA">
           <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE5191D" w14:textId="031D8B3C" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00761BCE" w:rsidP="00C15913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -971,51 +971,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00C15913">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F0231" w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Notification to the State of Program Activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE11568" w14:textId="4BE6273B" w:rsidR="00761BCE" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="008431C4">
+    <w:p w14:paraId="3BE11568" w14:textId="4BE6273B" w:rsidR="00761BCE" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Program must notify the State’s Authorized Representative within 30 days of any changes, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02506845" w14:textId="062D33BD" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -1187,73 +1187,73 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Physical structures used for waste collection and storage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB4AE25" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>List of additional hazardous wastes accepted by the program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0489961D" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Description of personnel training programs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5093C1" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Established safety and emergency procedures.</w:t>
       </w:r>
     </w:p>
@@ -1279,51 +1279,51 @@
         <w:t>HW Identification (ID) number used for manifesting waste shipments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E26073" w14:textId="0D8A0C4F" w:rsidR="00C15913" w:rsidRPr="00C15913" w:rsidRDefault="000F0231" w:rsidP="00C15913">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0231">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Name and address of all waste transporters and facilities involved in waste management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CC0005" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00A12B26" w:rsidP="000F0231">
+    <w:p w14:paraId="35CC0005" w14:textId="77777777" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="0039029F" w:rsidP="000F0231">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="17E65371">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E298E1D" w14:textId="122AA7CB" w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidRDefault="00761BCE" w:rsidP="00C15913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -1688,58 +1688,58 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000F0231" w:rsidRPr="000F0231" w:rsidSect="00C15913">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BF189F4" w14:textId="77777777" w:rsidR="00022153" w:rsidRDefault="00022153" w:rsidP="00C15913">
+    <w:p w14:paraId="29B9D64E" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21695071" w14:textId="77777777" w:rsidR="00022153" w:rsidRDefault="00022153" w:rsidP="00C15913">
+    <w:p w14:paraId="65320937" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -1765,127 +1765,110 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="006B57BB" w14:textId="77777777" w:rsidR="00305EDE" w:rsidRDefault="00305EDE">
+  <w:p w14:paraId="733EC4A8" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="38036D77" w14:textId="0B4FA302" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
+  <w:p w14:paraId="38036D77" w14:textId="1A06810F" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">HHW SOP 3.01 </w:t>
     </w:r>
     <w:r w:rsidRPr="00C15913">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:bCs/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Notification of Program Changes</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...16 lines deleted...]
-      <w:t xml:space="preserve"> 2025  </w:t>
+      <w:t xml:space="preserve">November 2025  </w:t>
     </w:r>
     <w:r w:rsidRPr="00A14CB7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">|  </w:t>
     </w:r>
     <w:r w:rsidRPr="00AE0ABD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>w-hhwsop</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3-01</w:t>
     </w:r>
@@ -1936,100 +1919,100 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00441CF6">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:iCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="30D155E3" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7C38B130" w14:textId="77777777" w:rsidR="00305EDE" w:rsidRDefault="00305EDE">
+  <w:p w14:paraId="415FF9FF" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="207EF66C" w14:textId="77777777" w:rsidR="00022153" w:rsidRDefault="00022153" w:rsidP="00C15913">
+    <w:p w14:paraId="649FA146" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0AC0F24A" w14:textId="77777777" w:rsidR="00022153" w:rsidRDefault="00022153" w:rsidP="00C15913">
+    <w:p w14:paraId="0427ABDD" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913" w:rsidP="00C15913">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1A32734A" w14:textId="77777777" w:rsidR="00305EDE" w:rsidRDefault="00305EDE">
+  <w:p w14:paraId="26563E63" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B324615" w14:textId="77777777" w:rsidR="00305EDE" w:rsidRDefault="00305EDE">
+  <w:p w14:paraId="1227D145" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7DF4B370" w14:textId="77777777" w:rsidR="00305EDE" w:rsidRDefault="00305EDE">
+  <w:p w14:paraId="30FA33FE" w14:textId="77777777" w:rsidR="00C15913" w:rsidRDefault="00C15913">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2251470D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="149E4B54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2607,118 +2590,113 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2132816859">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="554511177">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2063284730">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="448205936">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F0231"/>
-    <w:rsid w:val="00022153"/>
-    <w:rsid w:val="00091F53"/>
     <w:rsid w:val="000F0231"/>
     <w:rsid w:val="001218BE"/>
     <w:rsid w:val="0027023E"/>
-    <w:rsid w:val="00305EDE"/>
+    <w:rsid w:val="00322669"/>
+    <w:rsid w:val="0039029F"/>
     <w:rsid w:val="003E3578"/>
-    <w:rsid w:val="00495BF9"/>
     <w:rsid w:val="00524D5F"/>
-    <w:rsid w:val="00572D5F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007263C4"/>
+    <w:rsid w:val="005E3656"/>
     <w:rsid w:val="00761BCE"/>
-    <w:rsid w:val="008431C4"/>
     <w:rsid w:val="00866FAA"/>
-    <w:rsid w:val="008942C5"/>
     <w:rsid w:val="008F7887"/>
     <w:rsid w:val="00AC678C"/>
-    <w:rsid w:val="00B107CA"/>
+    <w:rsid w:val="00B342CE"/>
     <w:rsid w:val="00B3685E"/>
     <w:rsid w:val="00B4185F"/>
+    <w:rsid w:val="00B549FC"/>
     <w:rsid w:val="00C15913"/>
+    <w:rsid w:val="00C162BA"/>
     <w:rsid w:val="00C91C4E"/>
     <w:rsid w:val="00D62425"/>
-    <w:rsid w:val="00F57837"/>
+    <w:rsid w:val="00D97CE5"/>
+    <w:rsid w:val="00F60860"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2103B9CB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AAEF7ECE-8F93-4EE2-910B-83C135065CC0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -4075,35 +4053,35 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SOP 3.01 Notification of Program Changes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Teresa Gilbertson, L. McLain</Manager>
   <Company>State of MN</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SOP 3.01 Notification of Program Changes</dc:title>
   <dc:subject>SOPs are meant to be guidance for county-run Household Hazardous Waste (HHW) County Programs. We will post on the HHW Agency website for statewide county use. We are contractualy obligated to provide these for the county HHW statewide Programs.</dc:subject>
-  <dc:creator>MPCA - Teresa Gilbertson (PST - L. McLain)</dc:creator>
+  <dc:creator>MPCA - Teresa Gilbertson (L. McLain)</dc:creator>
   <cp:keywords>Minnesota Pollution Control Agency, MPCA, Household Hazardous Waste, HHW, Standard Operating Procedures, SOP, Waste, w-hhwsop3-01</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Waste, Household Hazardous Waste, Standard Operation Procedures - Training</cp:category>
 </cp:coreProperties>
 </file>