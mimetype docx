--- v0 (2025-10-01)
+++ v1 (2026-03-30)
@@ -1,168 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4293"/>
         <w:gridCol w:w="6435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008303E2" w:rsidTr="002840EA">
+      <w:tr w:rsidR="008303E2" w14:paraId="7255069A" w14:textId="77777777" w:rsidTr="002840EA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008303E2" w:rsidRDefault="002840EA" w:rsidP="00C012CC">
+          <w:p w14:paraId="6A5D8479" w14:textId="77777777" w:rsidR="008303E2" w:rsidRDefault="002840EA" w:rsidP="00C012CC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="-103"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F788EEE" wp14:editId="5F1013EE">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="243632B7" wp14:editId="4E446EF8">
                   <wp:extent cx="2390775" cy="685800"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="5" name="Picture 5" descr="Minnesota Pollution Control Agency (MPCA), 520 Lafayette Road North, St. Paul, MN 55155-4194" title="Image of MPCA logo with St. Paul office address"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="New mm Logo for Forms"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2390775" cy="685800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008303E2" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
+          <w:p w14:paraId="20B005FA" w14:textId="77777777" w:rsidR="008303E2" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
             <w:pPr>
               <w:pStyle w:val="Form-Title1"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Mercury Minimization Plan c</w:t>
             </w:r>
             <w:r w:rsidR="00AF2AC0" w:rsidRPr="002840EA">
               <w:rPr>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>hecklist</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008303E2" w:rsidRPr="002840EA" w:rsidRDefault="00AF2AC0" w:rsidP="002840EA">
+          <w:p w14:paraId="1BE21081" w14:textId="77777777" w:rsidR="008303E2" w:rsidRPr="002840EA" w:rsidRDefault="00AF2AC0" w:rsidP="002840EA">
             <w:pPr>
               <w:pStyle w:val="Form-Title2"/>
             </w:pPr>
             <w:r w:rsidRPr="002840EA">
               <w:t>Industrial Stormwater Program</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005517CB" w:rsidRPr="005517CB" w:rsidRDefault="00117870" w:rsidP="00A017CE">
+          <w:p w14:paraId="4A9FDFAF" w14:textId="77777777" w:rsidR="005517CB" w:rsidRPr="005517CB" w:rsidRDefault="00117870" w:rsidP="00A017CE">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="right" w:pos="7182"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00117870">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -171,54 +176,54 @@
             </w:r>
             <w:r w:rsidR="0043342D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF2AC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Pollutant Minimization Plans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE5F2B" w:rsidRPr="00EE5F2B" w:rsidRDefault="00EE5F2B" w:rsidP="00BD6279">
+    <w:p w14:paraId="42EB2D78" w14:textId="37419265" w:rsidR="00EE5F2B" w:rsidRPr="00EE5F2B" w:rsidRDefault="00EE5F2B" w:rsidP="00651061">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE5F2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -372,93 +377,118 @@
         </w:rPr>
         <w:t>at your facility</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00653B74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007453EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>This checklist is for your use; d</w:t>
+        <w:t>This checklist is for your use</w:t>
+      </w:r>
+      <w:r w:rsidR="000A487B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and should be maintained with your Stormwater Pollution Prevention Plan (SWPPP). D</w:t>
       </w:r>
       <w:r w:rsidR="00653B74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>o not submit this checklist</w:t>
       </w:r>
       <w:r w:rsidR="007453EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the MPCA</w:t>
       </w:r>
       <w:r w:rsidR="00653B74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E2E68" w:rsidRPr="002840EA" w:rsidRDefault="009D1466" w:rsidP="002840EA">
+    <w:p w14:paraId="533C213F" w14:textId="23F08572" w:rsidR="007E2E68" w:rsidRPr="002840EA" w:rsidRDefault="009D1466" w:rsidP="00651061">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="360" w:after="60"/>
-        <w:ind w:left="1350" w:hanging="1350"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
-        <w:t>Section A – Mercury Minimization Plan</w:t>
+        <w:t>Section A</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>Mercury Minimization Plan</w:t>
       </w:r>
       <w:r w:rsidR="006E3B0A" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">equirements for </w:t>
       </w:r>
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -495,390 +525,373 @@
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">tormwater </w:t>
       </w:r>
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>ermit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D1466" w:rsidRPr="002840EA" w:rsidRDefault="009D1466" w:rsidP="00C012CC">
+    <w:p w14:paraId="44D440C2" w14:textId="4B600904" w:rsidR="009D1466" w:rsidRPr="002840EA" w:rsidRDefault="009D1466" w:rsidP="00651061">
       <w:pPr>
         <w:pStyle w:val="Form-Heading3"/>
+        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:t xml:space="preserve">ndustrial </w:t>
       </w:r>
       <w:r w:rsidR="007453EE" w:rsidRPr="002840EA">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:t>tormwater facilities:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="29F0CF61" w14:textId="77777777" w:rsidTr="00651061">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="001E601D" w:rsidRDefault="009D1466" w:rsidP="00FB0D19">
+          <w:p w14:paraId="1DC52846" w14:textId="751E0B39" w:rsidR="009D1466" w:rsidRPr="00651061" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Have all potential sources of mercury been identified</w:t>
             </w:r>
-            <w:r w:rsidR="00A71C1F">
+            <w:r w:rsidR="00A71C1F" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and listed in the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? A database of mercury in products is available at</w:t>
             </w:r>
-            <w:r w:rsidR="004C2B0F" w:rsidRPr="001E601D">
-[...15 lines deleted...]
-            <w:r w:rsidR="007E2E68" w:rsidRPr="00BC0DA8">
+            <w:r w:rsidR="004C2B0F" w:rsidRPr="00651061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004C2B0F" w:rsidRPr="00BC0DA8">
-[...15 lines deleted...]
-            <w:r w:rsidR="00526E31">
+            <w:r w:rsidR="004C2B0F" w:rsidRPr="00651061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mercury</w:t>
+            </w:r>
+            <w:r w:rsidR="00526E31" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-a</w:t>
             </w:r>
-            <w:r w:rsidR="004C2B0F" w:rsidRPr="001E601D">
+            <w:r w:rsidR="004C2B0F" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">dded Products Database website: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="001E601D">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="004C1380" w:rsidRPr="00651061">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>http://www.newmoa.org/prevention/mercury/imerc/Notification/browse.cfm</w:t>
+                <w:t>https://www.newmoa.org/programs/mercury-clearinghouse/mercury-added-products-database/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. If no mercury</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">containing devices are present, </w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">not </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E601D">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="2FA6B815" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -892,283 +905,283 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="23ED5B0C" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="009D1466" w:rsidP="007453EE">
+          <w:p w14:paraId="1650763C" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00651061" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">include how mercury sources will be managed to </w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">prevent </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">exposure to precipitation and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">stormwater </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>runoff?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="27D4A5E7" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1182,254 +1195,275 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="18008249" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD6279" w:rsidRDefault="009D1466" w:rsidP="007453EE">
+          <w:p w14:paraId="63CAA3D0" w14:textId="2C83659C" w:rsidR="004303F3" w:rsidRPr="00651061" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD6279">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD6279">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>describe how the collected devices will be managed in accordance with Hazardous Waste rules?</w:t>
             </w:r>
+            <w:r w:rsidR="008E2373" w:rsidRPr="00651061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hazardous Waste information and factsheets can be found at their webpage: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="004303F3" w:rsidRPr="00651061">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:spacing w:val="-4"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://www.pca.state.mn.us/business-with-us/hazardous-waste-identification-and-management</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="6FFB5533" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1443,256 +1477,256 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="0A5AF0D2" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="007453EE" w:rsidP="007453EE">
+          <w:p w14:paraId="6692EEA1" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00651061" w:rsidRDefault="007453EE" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
-            <w:r w:rsidR="009D1466" w:rsidRPr="008844C0">
+            <w:r w:rsidR="009D1466" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009D1466" w:rsidRPr="008844C0">
+            <w:r w:rsidR="009D1466" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>attached to the facility’s Stormwater Pollution Prevention Plan (SWPPP)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="2DD9749A" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1706,472 +1740,453 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="6E8894CA" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidRDefault="00A1131E" w:rsidP="00BD6279">
+          <w:p w14:paraId="5DD55698" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">include employee training for inspecting, </w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">collecting, </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
-[...23 lines deleted...]
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidRPr="00651061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">managing, storing, and disposing of mercury-containing devices? Consider </w:t>
+            </w:r>
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">including </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the following topics</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in your training</w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="001E601D">
+          <w:p w14:paraId="5C67E8CC" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>State and federal rules for the removal, storage, transportation, and disposal of mercury-containing components.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="001E601D">
+          <w:p w14:paraId="195AC350" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How to identify scrap that is likely to have mercury-containing devices, what those components look like</w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and where they are located in the appliance, </w:t>
             </w:r>
-            <w:r w:rsidR="007453EE">
+            <w:r w:rsidR="007453EE" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">equipment, or </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>vehicle.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="001E601D">
+          <w:p w14:paraId="4A038870" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Record-keeping requirements.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1131E" w:rsidRDefault="00A1131E" w:rsidP="001E601D">
+          <w:p w14:paraId="04960942" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Safety precautions for handling scrap and hazardous materials, including broken and leaking mercury</w:t>
             </w:r>
-            <w:r w:rsidR="006226EB">
+            <w:r w:rsidR="006226EB" w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
+            <w:r w:rsidRPr="00651061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>containing devices.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidRDefault="00A1131E" w:rsidP="001E601D">
+          <w:p w14:paraId="0AEDD0EB" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00651061" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
-[...13 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00651061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spill prevention and cleanup procedures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00A017CE">
+          <w:p w14:paraId="607473BA" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2185,86 +2200,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009D1466" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00C012CC">
+    <w:p w14:paraId="08C0EAA5" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00C012CC">
       <w:pPr>
         <w:pStyle w:val="Form-Heading3"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="00133777" w:rsidRPr="002840EA">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:t xml:space="preserve">ndustrial </w:t>
       </w:r>
       <w:r w:rsidR="00133777" w:rsidRPr="002840EA">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:t>tormwater r</w:t>
       </w:r>
       <w:r w:rsidR="009D1466" w:rsidRPr="002840EA">
@@ -2417,238 +2432,502 @@
       </w:r>
       <w:r w:rsidR="00A017CE" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ocation on their Annual Report.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="4A810BB8" w14:textId="77777777" w:rsidTr="00651061">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF666B9" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If the facility has mobile activities</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3052D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> involving mercury-containing devices</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, has the facility </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3052D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">included a section in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3052D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> listing mobile activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66CFBC8B" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="684FFE52" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00FB0D19">
+          <w:p w14:paraId="53AB68E9" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If the facility has mobile activities</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> involving mercury-containing devices</w:t>
+              <w:t xml:space="preserve">Does the section address </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> listing mobile activities</w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stormwater </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>control measures to manage mercury-containing devices</w:t>
+            </w:r>
+            <w:r w:rsidR="004242DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at mobile locations</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="71E48F07" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2662,257 +2941,266 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="5F4D7E7A" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00A017CE">
+          <w:p w14:paraId="5FDC7684" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the section address </w:t>
+              <w:t xml:space="preserve">Does the facility keep a copy of this section of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3052D" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at the location where the mobile </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">stormwater </w:t>
+              <w:t xml:space="preserve">industrial activity </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>control measures to manage mercury-containing devices</w:t>
-[...15 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>occurs?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="27BB80EB" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2926,266 +3214,241 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="006C4E6E" w:rsidRPr="00BD72DD" w14:paraId="3EEAB0FF" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A017CE" w:rsidP="00E3052D">
+          <w:p w14:paraId="51DBC9C4" w14:textId="1B6371E1" w:rsidR="006C4E6E" w:rsidRPr="008844C0" w:rsidRDefault="006C4E6E" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
-[...46 lines deleted...]
-              <w:t>occurs?</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Does the mobile location</w:t>
+            </w:r>
+            <w:r w:rsidR="00163E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have spill prevention and cleanup procedures on site and available where the industrial activities are occurring? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A017CE">
+          <w:p w14:paraId="77D84562" w14:textId="0797EF1A" w:rsidR="006C4E6E" w:rsidRPr="00DC27FD" w:rsidRDefault="006C4E6E" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3199,124 +3462,142 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007E2E68" w:rsidRPr="002840EA" w:rsidRDefault="007E2E68" w:rsidP="002840EA">
+    <w:p w14:paraId="3AF9F69F" w14:textId="4E6CBB9D" w:rsidR="007E2E68" w:rsidRPr="002840EA" w:rsidRDefault="007E2E68" w:rsidP="00651061">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="360" w:after="60"/>
-        <w:ind w:left="1305" w:hanging="1305"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section B - Industrial Stormwater Mercury Minimization Plan </w:t>
+        <w:t>Section B</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Industrial Stormwater Mercury Minimization Plan </w:t>
       </w:r>
       <w:r w:rsidR="00E55A6E" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">equirements for Sector M, </w:t>
       </w:r>
       <w:r w:rsidR="002840EA" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>automobile salvage yards</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A3EF9" w:rsidRDefault="007E2E68" w:rsidP="007E2E68">
+    <w:p w14:paraId="2277059C" w14:textId="77777777" w:rsidR="003A3EF9" w:rsidRDefault="007E2E68" w:rsidP="00C22724">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">If a facility’s </w:t>
       </w:r>
       <w:r w:rsidR="00E55A6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3520,246 +3801,243 @@
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>identify and remove mercury devices</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E2E68" w:rsidRPr="007E2E68" w:rsidRDefault="007E2E68" w:rsidP="007E2E68">
+    <w:p w14:paraId="4B1EEEF6" w14:textId="122A1D3B" w:rsidR="007E2E68" w:rsidRPr="007E2E68" w:rsidRDefault="0015045D" w:rsidP="00C22724">
       <w:pPr>
-        <w:spacing w:after="120"/>
-[...179 lines deleted...]
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>Per Minnesota Hazardous Waste regulations (Minn. R. 7045), a</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll vehicle recyclers and vehicle scrap processors </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manage</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and recycle mercury containing convenience lighting switch assemblies, mercury containing ABS switch assemblies, and mercury containing air bag sensor switch assemblies found in some vehicles manufactured before model year 2002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>The Industrial Stormwater Permit requires that the automobile salvage yard remove the mercury-containing switch, regardless of who later crushes the vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>comply</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with permit requirements and regulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evelop and administer a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MMP</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E68" w:rsidRPr="007E2E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fulfills the requirements listed in this checklist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC24388" w14:textId="77777777" w:rsidR="007E2E68" w:rsidRDefault="007E2E68" w:rsidP="00651061">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">MPCA strongly encourages automotive salvage yards to use the </w:t>
       </w:r>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>End of Life Vehicle Switch</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -3791,517 +4069,805 @@
       </w:r>
       <w:r w:rsidR="004C2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="004C2B0F" w:rsidRPr="004C2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>End of Life Vehicle Solutions</w:t>
       </w:r>
       <w:r w:rsidR="004C2B0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ELVS) website at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="003C1678" w:rsidRPr="003C1678">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.elvsolutions.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E2E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A3EF9" w:rsidRPr="002840EA" w:rsidRDefault="003A3EF9" w:rsidP="002840EA">
+    <w:p w14:paraId="43A5B563" w14:textId="77777777" w:rsidR="003A3EF9" w:rsidRPr="002840EA" w:rsidRDefault="003A3EF9" w:rsidP="00527D79">
       <w:pPr>
         <w:pStyle w:val="Form-Heading3"/>
+        <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:t>Automotive salvage yards:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC2897" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00EC2897" w:rsidRPr="00BD72DD" w14:paraId="0B663DEE" w14:textId="77777777" w:rsidTr="00651061">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="472C6FE8" w14:textId="77777777" w:rsidR="00EC2897" w:rsidRPr="008844C0" w:rsidDel="003C1678" w:rsidRDefault="00EC2897" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contain all the requirements listed in Section A of this checklist?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ECDE210" w14:textId="77777777" w:rsidR="00EC2897" w:rsidRPr="00DC27FD" w:rsidRDefault="00EC2897" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="799088E9" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC2897" w:rsidRPr="008844C0" w:rsidDel="003C1678" w:rsidRDefault="00EC2897" w:rsidP="003C1678">
+          <w:p w14:paraId="6C629D30" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="003C1678" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the </w:t>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> contain all the requirements listed in Section A of this checklist?</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">document </w:t>
+            </w:r>
+            <w:r w:rsidR="006C53FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r w:rsidR="006C53FF" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the facility </w:t>
+            </w:r>
+            <w:r w:rsidR="00176C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>evaluates</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all </w:t>
+            </w:r>
+            <w:r w:rsidR="004534C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">potential </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sources of mercury-containing devices?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC2897" w:rsidRPr="00DC27FD" w:rsidRDefault="00EC2897" w:rsidP="00A1131E">
+          <w:p w14:paraId="1E353074" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="38C0D05A" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="003C1678" w:rsidP="00BE23CB">
+          <w:p w14:paraId="38E14A61" w14:textId="0B462936" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="007E2E68" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="003C1678">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007E2E68" w:rsidRPr="008844C0">
-[...85 lines deleted...]
-              <w:t>sources of mercury-containing devices?</w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">include </w:t>
+            </w:r>
+            <w:r w:rsidR="003C1678">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how the facility will </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manage and recycle mercury-containing devices in accordance with</w:t>
+            </w:r>
+            <w:r w:rsidR="00833A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> state and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> federal rules?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="35EF4F45" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4315,264 +4881,280 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="7F692A35" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="007E2E68" w:rsidP="003C1678">
+          <w:p w14:paraId="5805CEB5" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="007E2E68" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">include </w:t>
+              <w:t xml:space="preserve">describe the process of how mercury-containing devices are removed, </w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">how the facility will </w:t>
+              <w:t xml:space="preserve">how </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>manage and recycle mercury-containing devices in accordance with federal rules?</w:t>
+              <w:t xml:space="preserve">spills are avoided and prevented from coming into contact with stormwater, and </w:t>
+            </w:r>
+            <w:r w:rsidR="00176C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>methods used for recycling, including any specific recycling program used?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="71D7D090" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4586,280 +5168,312 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="297F2B5A" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="007E2E68" w:rsidP="00BE23CB">
+          <w:p w14:paraId="008523E0" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">describe the process of how mercury-containing devices are removed, </w:t>
+              <w:t>include information about inspecting for and removing vehicle mercury components</w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">how </w:t>
+              <w:t xml:space="preserve"> such as </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">spills are avoided and prevented from coming into contact with stormwater, and </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">the </w:t>
+              <w:t xml:space="preserve">hood and trunk lighting assemblies, ABS </w:t>
+            </w:r>
+            <w:r w:rsidR="003C1678">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>methods used for recycling, including any specific recycling program used?</w:t>
+              <w:t xml:space="preserve">odules, </w:t>
+            </w:r>
+            <w:r w:rsidR="003C1678">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">irbag </w:t>
+            </w:r>
+            <w:r w:rsidR="003C1678">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ensors, security system sensors, and remote start hood safety switches?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="0EBDFC27" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4873,312 +5487,296 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="2BBF7D5E" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="003C1678">
+          <w:p w14:paraId="0EAEF01B" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>include information about inspecting for and removing vehicle mercury components</w:t>
+              <w:t xml:space="preserve">document </w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> such as </w:t>
+              <w:t xml:space="preserve">that </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">hood and trunk lighting assemblies, ABS </w:t>
-[...7 lines deleted...]
-              <w:t>m</w:t>
+              <w:t xml:space="preserve">employee training includes </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">identification, </w:t>
+            </w:r>
+            <w:r w:rsidR="00176C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">proper </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">removal, and </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">odules, </w:t>
-[...31 lines deleted...]
-              <w:t>ensors, security system sensors, and remote start hood safety switches?</w:t>
+              <w:t>management of mercury-containing devices?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="683DF3D1" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5192,296 +5790,264 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="53F12324" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00BE23CB">
+          <w:p w14:paraId="6C39589C" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="003C1678">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">document </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">that </w:t>
+              <w:t>describe how the facility will ensure all mercury-containing devices have been removed</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7538">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> before vehicles are crushed</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">employee training includes </w:t>
-[...31 lines deleted...]
-              <w:t>management of mercury-containing devices?</w:t>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="6F09543A" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5495,264 +6061,248 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="6C568EC9" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00DC7538">
+          <w:p w14:paraId="64DDEF79" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="003C1678">
+            <w:r w:rsidR="00DC7538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>describe how the facility will ensure all mercury-containing devices have been removed</w:t>
-[...15 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>prohibit crushing vehicles until all mercury-containing devices have been removed and documented?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="3138D52B" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5766,248 +6316,280 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="3DD6795A" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00DC7538">
+          <w:p w14:paraId="4FB0AFC0" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="00DC7538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>prohibit crushing vehicles until all mercury-containing devices have been removed and documented?</w:t>
+              <w:t xml:space="preserve">include procedures for immediate inspection </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7538">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of vehicles when they arrive at the yard </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to remove and segregate mercury switches and other mercury containing dev</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC0DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ices</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="485346F8" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6021,280 +6603,585 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="3BCCFA2E" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="005F215D" w:rsidP="00DC7538">
+          <w:p w14:paraId="67FA42B1" w14:textId="77777777" w:rsidR="005F215D" w:rsidRPr="008844C0" w:rsidRDefault="005F215D" w:rsidP="00651061">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="00DC7538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">include procedures for immediate inspection </w:t>
+              <w:t xml:space="preserve">document that </w:t>
+            </w:r>
+            <w:r w:rsidR="00080B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00DC7538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">of vehicles when they arrive at the yard </w:t>
+              <w:t xml:space="preserve">facility has </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>to remove and segregate mercury switches and other mercury containing dev</w:t>
-[...7 lines deleted...]
-              <w:t>ices</w:t>
+              <w:t xml:space="preserve">made a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F215D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>“good faith effort”</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>?</w:t>
+              <w:t xml:space="preserve"> to remove vehicle switches?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DD67B5" w14:textId="77777777" w:rsidR="005F215D" w:rsidRPr="008844C0" w:rsidRDefault="005F215D" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7538">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>document whether the automotive salvage yard is enrolled in the National Vehicle Mercury Sw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>itch Recovery Program (NVMSRP)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E03157" w14:textId="77777777" w:rsidR="005F215D" w:rsidRPr="008844C0" w:rsidRDefault="005F215D" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC2897" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>direct employees to leave vehicle lighting assemblies intact for shipping through the ELVS</w:t>
+            </w:r>
+            <w:r w:rsidR="00E82FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>switch collection/rec</w:t>
+            </w:r>
+            <w:r w:rsidR="001E601D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ycling component of the NVMSRP?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11D1C55A" w14:textId="77777777" w:rsidR="005F215D" w:rsidRDefault="005F215D" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC2897" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>include procedures for evaluating all other sources of mercury-containing devices like appliances and industrial equipment accepted for salvage, scrap</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or crushing?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378CD328" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC2897" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>include documentation of the expected number of switches from accepted vehicles and the recovered number of sw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>itches from the same vehicles? Use the ELVS w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ebpage to </w:t>
+            </w:r>
+            <w:r w:rsidR="00080B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>determine</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC2897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC2897" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>expected number of switches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="308D679F" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6308,581 +7195,296 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="004DD44A" w14:textId="77777777" w:rsidTr="00C012CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005F215D" w:rsidRPr="008844C0" w:rsidRDefault="005F215D" w:rsidP="00A1131E">
+          <w:p w14:paraId="41A69220" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00EC2897" w:rsidP="00651061">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="005F215D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ecordkeeping: </w:t>
+            </w:r>
+            <w:r w:rsidR="005F215D" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">document that </w:t>
+            <w:r w:rsidR="005F215D" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>document</w:t>
             </w:r>
             <w:r w:rsidR="00080B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">the </w:t>
-[...70 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
-[...250 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="005F215D" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>how mercury-containing devices hav</w:t>
+            </w:r>
+            <w:r w:rsidR="005F215D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e been managed during the past three</w:t>
+            </w:r>
+            <w:r w:rsidR="005F215D" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> years?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="2E40A02E" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6896,400 +7498,98 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...309 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="002840EA" w:rsidRDefault="00E82FE6" w:rsidP="002840EA">
+    <w:p w14:paraId="44D5CA9D" w14:textId="77777777" w:rsidR="00E82FE6" w:rsidRPr="002840EA" w:rsidRDefault="00E82FE6" w:rsidP="00C22724">
       <w:pPr>
         <w:pStyle w:val="Form-Heading3"/>
+        <w:spacing w:before="200"/>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:t>Note to suppliers of foundries:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00E82FE6">
+    <w:p w14:paraId="58CAB78F" w14:textId="77777777" w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Federal regulations controlling mercury emissions from iron foundries requires that they use only mercury-free scrap, and either conduct inspections of their suppliers</w:t>
       </w:r>
       <w:r w:rsidR="00372174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7349,54 +7649,54 @@
       <w:r w:rsidR="00372174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ation of</w:t>
       </w:r>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> the supplier’s mercury removal program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="00A1131E" w:rsidRDefault="00E82FE6" w:rsidP="00E82FE6">
+    <w:p w14:paraId="73F0DEF5" w14:textId="77777777" w:rsidR="00E82FE6" w:rsidRPr="00A1131E" w:rsidRDefault="00E82FE6" w:rsidP="00C22724">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Because scrap must be certified as mercury-free, the MPCA recommends that </w:t>
       </w:r>
       <w:r w:rsidR="00372174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -7505,54 +7805,54 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a consistent visual confirmation of inspection and switch remov</w:t>
       </w:r>
       <w:r w:rsidR="0043064B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. This practice satisfies the requirement that scrap must be certified as mercury-free.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00E82FE6">
+    <w:p w14:paraId="7AA6606D" w14:textId="77777777" w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00C22724">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Iron </w:t>
       </w:r>
       <w:r w:rsidR="0043064B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7612,102 +7912,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>undry rule requirements and web</w:t>
       </w:r>
       <w:r w:rsidR="001F2E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E82FE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>links.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="002840EA" w:rsidRDefault="00E82FE6" w:rsidP="002840EA">
+    <w:p w14:paraId="5BCE2683" w14:textId="2295D688" w:rsidR="00E82FE6" w:rsidRPr="002840EA" w:rsidRDefault="00E82FE6" w:rsidP="00C22724">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="360" w:after="60"/>
-        <w:ind w:left="1350" w:hanging="1350"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>Section C</w:t>
       </w:r>
-      <w:r w:rsidR="006A4557" w:rsidRPr="002840EA">
+      <w:r w:rsidR="004303F3">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">Industrial Stormwater Mercury Minimization Plan </w:t>
       </w:r>
       <w:r w:rsidR="00D179EF" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements </w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">for Sector N, </w:t>
       </w:r>
       <w:r w:rsidR="002840EA" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>scrap recycling and waste recycling facilities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00E82FE6">
+    <w:p w14:paraId="0EA8659B" w14:textId="57A2686A" w:rsidR="00E82FE6" w:rsidRPr="00E82FE6" w:rsidRDefault="00E82FE6" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">If a facility’s Primary </w:t>
       </w:r>
       <w:r w:rsidR="00802BFF" w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SIC</w:t>
       </w:r>
       <w:r w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7813,516 +8119,837 @@
         <w:t xml:space="preserve">ecycling </w:t>
       </w:r>
       <w:r w:rsidR="00851987">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">acilities must prepare a </w:t>
       </w:r>
       <w:r w:rsidR="00FB0D19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>MMP</w:t>
+      </w:r>
+      <w:r w:rsidR="007A67FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>to identify and remove mercury devices. The checklist below identifies common mercury devices in appliances, industrial equipment</w:t>
       </w:r>
       <w:r w:rsidR="00D179EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001E601D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and heating/ventilating equipment. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w14:paraId="1E946711" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D4EA201" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="008844C0" w:rsidRDefault="00851987" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contain all the requirements listed in Section A of this checklist?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CA9F121" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w14:paraId="5C1E8828" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="008844C0" w:rsidRDefault="00851987" w:rsidP="00A1131E">
+          <w:p w14:paraId="3E42B631" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> contain all the requirements listed in Section A of this checklist?</w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">document </w:t>
+            </w:r>
+            <w:r w:rsidR="00D179EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the facility </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>evaluat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00D179EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all </w:t>
+            </w:r>
+            <w:r w:rsidR="00D179EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>potential</w:t>
+            </w:r>
+            <w:r w:rsidR="00D179EF" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sources of mercury-containing devices?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00A1131E">
+          <w:p w14:paraId="2054466D" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w14:paraId="686CD533" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="00655884">
+          <w:p w14:paraId="1A5A4817" w14:textId="574BAF7D" w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> the facility </w:t>
+              <w:t>include information on the process used for inspecting, removing, managing</w:t>
+            </w:r>
+            <w:r w:rsidR="00655884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>evaluat</w:t>
-[...15 lines deleted...]
-              <w:t>s</w:t>
+              <w:t xml:space="preserve"> and recycling mercury-containing devices from vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, equipment,</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> all </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> and appliances that are received uncrushed</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2443">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and before vehicles are crushed</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>sources of mercury-containing devices?</w:t>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00A1131E">
+          <w:p w14:paraId="148C60DE" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8336,280 +8963,299 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w14:paraId="0AE63C52" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="00851987">
+          <w:p w14:paraId="323BFA57" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>include information on the process used for inspecting, removing, managing</w:t>
+              <w:t xml:space="preserve">describe the process of how mercury-containing devices are removed, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>spills are avoided and prevented from contact</w:t>
             </w:r>
             <w:r w:rsidR="00655884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t>ing</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and recycling mercury-containing devices from vehicles</w:t>
-[...7 lines deleted...]
-              <w:t>, equipment,</w:t>
+              <w:t xml:space="preserve"> with stormwater, and describe methods used for </w:t>
+            </w:r>
+            <w:r w:rsidR="00D179EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">management and </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and appliances that are received uncrushed?</w:t>
+              <w:t>recycling including any specific recycling program used?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00A1131E">
+          <w:p w14:paraId="41FFBC43" w14:textId="77777777" w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8623,296 +9269,259 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00370C17" w:rsidRPr="00BD72DD" w14:paraId="7EE8ACE0" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00BD72DD" w:rsidRDefault="00851987" w:rsidP="001F2E75">
+          <w:p w14:paraId="602C7238" w14:textId="04C4E728" w:rsidR="00370C17" w:rsidRPr="008844C0" w:rsidRDefault="00370C17" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0D19">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MMP </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">describe the process of how mercury-containing devices are removed, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">how </w:t>
+              <w:t xml:space="preserve">include </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how the facility will </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>spills are avoided and prevented from contact</w:t>
-[...31 lines deleted...]
-              <w:t>recycling including any specific recycling program used?</w:t>
+              <w:t>manage and recycle mercury-containing devices in accordance with state and federal rules?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00851987" w:rsidRPr="00DC27FD" w:rsidRDefault="00851987" w:rsidP="00A1131E">
+          <w:p w14:paraId="2426C88E" w14:textId="10E4A058" w:rsidR="00370C17" w:rsidRPr="00DC27FD" w:rsidRDefault="00370C17" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8926,706 +9535,108 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D1E38" w:rsidRPr="005D1E38" w:rsidRDefault="005D1E38">
-[...597 lines deleted...]
-    <w:p w:rsidR="00D566C0" w:rsidRPr="002840EA" w:rsidRDefault="00D566C0" w:rsidP="00D566C0">
+    <w:p w14:paraId="4B7EFB57" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="002840EA" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="240" w:after="60"/>
+        <w:spacing w:before="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Note to suppliers of foundries:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00D566C0">
+    <w:p w14:paraId="617D15F7" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal regulations controlling mercury emissions require that </w:t>
       </w:r>
       <w:r w:rsidR="00655884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">foundries </w:t>
       </w:r>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9677,54 +9688,54 @@
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
       <w:r w:rsidR="00851987">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ation of</w:t>
       </w:r>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> the supplier’s mercury removal program. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00D566C0">
+    <w:p w14:paraId="16C08B03" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00651061">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Because scrap must be certified as mercury-free, the MPCA recommends that </w:t>
       </w:r>
       <w:r w:rsidR="00851987">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9840,54 +9851,54 @@
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a consistent visual confirmation of inspection and switch remov</w:t>
       </w:r>
       <w:r w:rsidR="003F3633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. This practice satisfies the requirement that scrap must be certified as mercury-free.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00655884" w:rsidP="00D566C0">
+    <w:p w14:paraId="73A1A33D" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00655884" w:rsidP="00651061">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D566C0" w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">oundries may request a copy of your </w:t>
       </w:r>
       <w:r w:rsidR="00FB0D19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9931,70 +9942,70 @@
       <w:r w:rsidR="00D566C0" w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oundry rule requirements and web</w:t>
       </w:r>
       <w:r w:rsidR="001F2E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D566C0" w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>links.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00607B37">
+    <w:p w14:paraId="1B00615C" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="240" w:after="60"/>
+        <w:spacing w:before="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Requirements for scrap and waste recycling facilities that accept vehicles for crushing or shredding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00D566C0">
+    <w:p w14:paraId="78A3C62F" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00D566C0" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D566C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
       <w:r w:rsidR="00F433D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -10136,246 +10147,539 @@
       </w:r>
       <w:r w:rsidR="005D1E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>applies.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10710" w:type="dxa"/>
         <w:tblInd w:w="18" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8820"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="3816AE17" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DF6E904" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="00F433D6" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vehicles </w:t>
+            </w:r>
+            <w:r w:rsidR="00F433D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r w:rsidR="00F433D6" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>accepted for crushing and/or shredding</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00F433D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>include the conditions as described in the Section B for auto salvage yards?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="445626AE" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="3DE5D7C7" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00F433D6">
+          <w:p w14:paraId="592169C4" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">vehicles </w:t>
+              <w:t xml:space="preserve">If the scrap yard accepts crushed vehicles for shredding, does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="00F433D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">are </w:t>
-[...7 lines deleted...]
-              <w:t>accepted for crushing and/or shredding</w:t>
+              <w:t xml:space="preserve"> describe how </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, does the </w:t>
-[...7 lines deleted...]
-              <w:t>MMP</w:t>
+              <w:t>the scrap yard ensur</w:t>
             </w:r>
             <w:r w:rsidR="00F433D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>es</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>include the conditions as described in the Section B for auto salvage yards?</w:t>
+              <w:t xml:space="preserve"> that vehicles are not crushed until </w:t>
+            </w:r>
+            <w:r w:rsidR="00F433D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">they have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>inspected and all mercury-containing devices have been removed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="71E373FE" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00651061">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10389,420 +10693,131 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...293 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00960681" w:rsidRPr="002840EA" w:rsidRDefault="00960681" w:rsidP="00607B37">
+    <w:p w14:paraId="3593B48D" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="002840EA" w:rsidRDefault="00960681" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="240" w:after="60"/>
+        <w:spacing w:before="200" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Appliances and residential heating/cooling/refrigeration (HVACR) systems:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10701" w:type="dxa"/>
         <w:tblInd w:w="27" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8811"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="4D9F6A88" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8811" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00A1131E">
+          <w:p w14:paraId="7E825518" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="00B85919" w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10822,57 +10837,58 @@
             <w:r w:rsidR="00191C66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>how</w:t>
             </w:r>
             <w:r w:rsidR="00191C66" w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">to identify and remove the following? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00B85919" w:rsidP="00960681">
+          <w:p w14:paraId="69076BAF" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00B85919" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00960681" w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lame sensors and safety switches in gas-fired burners with standing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10909,276 +10925,276 @@
             <w:r w:rsidR="00960681">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">as refrigerators, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00960681">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gas central air conditioning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00960681">
+          <w:p w14:paraId="5CBAFD0D" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tilt switches in clothes washers (lid-up safety device)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00960681">
+          <w:p w14:paraId="0C8ACBD2" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tilt switches in chest freezers (lighting)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00960681">
+          <w:p w14:paraId="43B9E093" w14:textId="77777777" w:rsidR="00960681" w:rsidRPr="008844C0" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Flow, temperature, vacuum/pressure control</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960681" w:rsidRDefault="00960681" w:rsidP="00960681">
+          <w:p w14:paraId="4CE94476" w14:textId="77777777" w:rsidR="00960681" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Safety shutoff devices such as aquastats and pressurestats</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00960681">
+          <w:p w14:paraId="2BF453A3" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00960681" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Displacement relays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="573955DA" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11192,132 +11208,130 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E3171" w:rsidRPr="002840EA" w:rsidRDefault="002E3171" w:rsidP="00607B37">
+    <w:p w14:paraId="77C6B12E" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002840EA" w:rsidRDefault="002E3171" w:rsidP="00527D79">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="240" w:after="60"/>
+        <w:spacing w:before="200" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Heavy scrap and commercial/industrial HVACR systems:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="009D1466" w:rsidRPr="00BD72DD" w14:paraId="004F38D3" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="1C882062" w14:textId="1FD4E64F" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="00E71E7E" w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11334,329 +11348,463 @@
               </w:rPr>
               <w:t xml:space="preserve">include details on </w:t>
             </w:r>
             <w:r w:rsidR="00191C66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>how</w:t>
             </w:r>
             <w:r w:rsidR="00191C66" w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">to identify and remove the following? </w:t>
+              <w:t>to identify and remove</w:t>
+            </w:r>
+            <w:r w:rsidR="00527D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the following? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="002E3171" w:rsidP="00607B37">
+          <w:p w14:paraId="2D4F0E05" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wetted reed relays</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="002E3171">
+          <w:p w14:paraId="4CD9950E" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mercury displacement relays</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00E71E7E" w:rsidP="002E3171">
+          <w:p w14:paraId="52381F9D" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00E71E7E" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00A448A6" w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lectrical devices including tilt switches</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="002E3171">
+          <w:p w14:paraId="4E21A898" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Capillary</w:t>
             </w:r>
             <w:r w:rsidR="002E3171" w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-dial face thermometers (typically used in incinerators, boilers, or high temperature applications)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="002E3171">
+          <w:p w14:paraId="7C4DB1E5" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002E3171" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mercury in glass thermometers (including shielded and dyed</w:t>
             </w:r>
             <w:r w:rsidR="005E3ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>column thermometers)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00BD72DD" w:rsidRDefault="00A448A6" w:rsidP="001E601D">
+          <w:p w14:paraId="572CEA9F" w14:textId="77777777" w:rsidR="009D1466" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Capillary-diaphragm melt pressure transducers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CCF42C5" w14:textId="77777777" w:rsidR="00F54CC8" w:rsidRDefault="00F54CC8" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Manometers, barometers and sim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ilar pressure-vacuum-flow rate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> measurement devices</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAEA6DC" w14:textId="66417B1F" w:rsidR="00F54CC8" w:rsidRPr="00BD72DD" w:rsidRDefault="00F54CC8" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tilt switches in float, level, position, temperature, vacuum, pressure, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">flow sensors used in material handling equipment, plastics molding, lighting controls, resistance heating controls, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HVACR controls and equipment </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">such as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3171">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">steam and hot water boilers, steam flow controls, low water shutoff, air handling unit controls, refrigeration, and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>air conditioners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00A1131E">
+          <w:p w14:paraId="06442BC1" w14:textId="77777777" w:rsidR="009D1466" w:rsidRPr="00DC27FD" w:rsidRDefault="009D1466" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11670,455 +11818,1528 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
-          </w:p>
-[...147 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E3171" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00607B37">
+    <w:p w14:paraId="285F1629" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00527D79">
       <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Spent fluorescent lamp management guidance:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w14:paraId="07893967" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62E1EFC5" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If spent fluorescent lamps are present at a facility, does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00A556FE" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ensure that the facility will not put used lamps in the trash? Is this policy documented</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB40D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10B84058" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w14:paraId="75FE0BA2" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="366BD832" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00A556FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">include a policy that the facility will pack lamps </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB40D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>appropriately</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00A556FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e sure to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6251BD58" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Not tape them together</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D9C83C" w14:textId="77777777" w:rsidR="002E3171" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mark the storage containers </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="0062295D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Universal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Waste - Used Lamps.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E39BE2" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Store any broken lamps in a</w:t>
+            </w:r>
+            <w:r w:rsidR="0062295D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0062295D" w:rsidRPr="00C664C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">airtight </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>container marked “Broken Fluorescent Lamps,” and either send them to a recycling facility or manage them according to hazardous waste rules.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73E01121" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E3171" w:rsidRPr="00BD72DD" w14:paraId="06B658E7" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="642D01B3" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="00A556FE" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the facility deliver</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or arrange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the delivery of the lamps to a collection site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">make sure the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>includes the following information:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA70E4A" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="00F36490" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ho will transport </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lamps and which recycling facility they will take them</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ontact</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the collection site to find out</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CDBF3B0" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="005E3ADD" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Confirmation that t</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">he transporter has a contract with that recycling facility. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F36490">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:r w:rsidR="00F36490" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the facility to make sure</w:t>
+            </w:r>
+            <w:r w:rsidR="00F36490">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D2099BB" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="00DC27FD" w:rsidRDefault="002E3171" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB40D5" w:rsidRPr="00BD72DD" w14:paraId="3F45A80A" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="002E3171" w:rsidP="00A556FE">
+          <w:p w14:paraId="1C7D51B7" w14:textId="66E1FF48" w:rsidR="00B94F88" w:rsidRDefault="00EB40D5" w:rsidP="00527D79">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the facility will store more than 1000 fluorescent lamps at a time, has a financial assurance form been submitted to the MPCA and documented in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19" w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00A556FE" w:rsidRPr="008844C0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? The </w:t>
+            </w:r>
+            <w:r w:rsidR="00B94F88" w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lamp accumulation financial assurance form</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94F88" w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (w</w:t>
+            </w:r>
+            <w:r w:rsidR="00527D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:noBreakHyphen/>
+            </w:r>
+            <w:r w:rsidR="00B94F88" w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hw7-20)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
-[...29 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is available on the MPCA website at </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidR="00527D79" w:rsidRPr="00E819C0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://www.pca.state.mn.us/sites/default/files/w-hw7-20.doc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00B94F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00A1131E">
+          <w:p w14:paraId="0EB48B03" w14:textId="77777777" w:rsidR="00EB40D5" w:rsidRPr="00DC27FD" w:rsidRDefault="00EB40D5" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12132,407 +13353,372 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidTr="00C012CC">
+      <w:tr w:rsidR="002E3171" w:rsidRPr="00BD72DD" w14:paraId="6832E134" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00607B37">
+          <w:p w14:paraId="6E4C5914" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Does the </w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When shipping spent lamps in Minnesota, does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00A556FE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F36490" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00B71704">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recommend </w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t>appropriately</w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>using a</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71704">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t>B</w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> invoice </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71704">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or records that list the following</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>e sure to:</w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="02023F1E" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="24"/>
               </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Not tape them together</w:t>
+              <w:t xml:space="preserve">Date of shipment </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="2B3C1646" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="24"/>
               </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mark the storage containers </w:t>
-[...23 lines deleted...]
-              <w:t>Waste - Used Lamps.”</w:t>
+              <w:t xml:space="preserve">Location from which the waste was shipped </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="002E3171" w:rsidP="00BC0DA8">
+          <w:p w14:paraId="3B2F53FF" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="24"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
+              <w:spacing w:before="40" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Store any broken lamps in a</w:t>
-[...32 lines deleted...]
-              <w:t>container marked “Broken Fluorescent Lamps,” and either send them to a recycling facility or manage them according to hazardous waste rules.</w:t>
+              <w:t xml:space="preserve">Destination location </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00607B37">
+          <w:p w14:paraId="21B642F1" w14:textId="77777777" w:rsidR="002E3171" w:rsidRPr="00DC27FD" w:rsidRDefault="002E3171" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12546,479 +13732,1331 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A448A6" w:rsidRPr="00BD72DD" w14:paraId="3AD0B615" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02F676F0" w14:textId="77777777" w:rsidR="00A448A6" w:rsidRPr="008844C0" w:rsidRDefault="00F36490" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optional:  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB21A0" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>This is not a requirement according to Universal Waste rules but is recommended</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB21A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A448A6" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB21A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recommend </w:t>
+            </w:r>
+            <w:r w:rsidR="00A448A6" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>that records be retained for at least three years? If yes, be sure to include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="443D9002" w14:textId="77777777" w:rsidR="00A448A6" w:rsidRPr="008844C0" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The number of lamps removed from service during each calendar year. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08CA66C3" w14:textId="77777777" w:rsidR="00A448A6" w:rsidRPr="008844C0" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The waste tracking invoices or manifests for ballasts and lamps. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D4FCA3" w14:textId="77777777" w:rsidR="00A448A6" w:rsidRPr="008844C0" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The storage location of the lamps, if stored off site. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20ECE317" w14:textId="77777777" w:rsidR="00A448A6" w:rsidRPr="00DC27FD" w:rsidRDefault="00A448A6" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D1E38" w:rsidRPr="005D1E38" w:rsidRDefault="005D1E38">
+    <w:p w14:paraId="73E61D77" w14:textId="79245EB4" w:rsidR="003B7175" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00527D79">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>Section D</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hazardous Waste Management Guidance to be addressed in </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1E38" w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>the Mercury Minimization Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E055644" w14:textId="4DAA74A5" w:rsidR="003B7175" w:rsidRPr="003B7175" w:rsidRDefault="003B7175" w:rsidP="00607B37">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This guidance specifically addresses mercury </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45C23" w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wastes but</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may also apply to other hazardous wastes. Mercury</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>containing devices and lamps must be collected and managed as universal waste. Other materials separated at salvage yards and scrap recycling facilities may be hazardous</w:t>
+      </w:r>
+      <w:r w:rsidR="00833A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> waste or universal waste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and must be handled accordingly. All generators of hazardous waste must apply for and receive an </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1E38" w:rsidRPr="005D1E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U.S. Environmental Protection Agency (EPA) </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Identification (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number except for those generating </w:t>
+      </w:r>
+      <w:r w:rsidR="00067E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">universal waste. If your facility is located in the metro area check with your county to see if a license is required for generating </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9122E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>universal wastes. For more information, visit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the MPCA website at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="003B7175">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>http://www.pca.state.mn.us/waste/pubs/business.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005D1E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCB483F" w14:textId="77777777" w:rsidR="003B7175" w:rsidRPr="002840EA" w:rsidRDefault="003B7175" w:rsidP="00527D79">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>General procedures for handling, storing</w:t>
+      </w:r>
+      <w:r w:rsidR="00067E33" w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and transporting mercury switches:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E3171" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w14:paraId="2D31FD81" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9F4EAF" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00350952" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>direct employees to store leaking switches in a leak-proof, closed container in a manner that will prevent the capsule from breaking? It is recommended that all switches be stored in this manner.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C9A7972" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w14:paraId="0DD5B70E" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="00A556FE" w:rsidP="00607B37">
+          <w:p w14:paraId="71D717B3" w14:textId="52BCE718" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:keepNext/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00350952">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
-[...63 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00EC0354">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>specify</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC0354" w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002E3171" w:rsidRPr="008844C0">
-[...5 lines deleted...]
-              <w:t>includes the following information:</w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that all storage containers for mercury-containing devices or that the non-leaking devices themselves are labeled? </w:t>
+            </w:r>
+            <w:r w:rsidR="0079202A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A best management practice is for t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">he label </w:t>
+            </w:r>
+            <w:r w:rsidR="0079202A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be written in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F1B2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the predominant language of any non-English-reading workers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Make sure they are labeled with </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC0354">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">one </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="00F36490" w:rsidP="00A1131E">
+          <w:p w14:paraId="63B52610" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...38 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>C</w:t>
-[...7 lines deleted...]
-              <w:t>ontact</w:t>
+              <w:t>Universal Waste—Mercury</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC0354">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the collection site to find out</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Containing Equipment </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="005E3ADD" w:rsidP="00B1496F">
+          <w:p w14:paraId="37820D5A" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="24"/>
               </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
               <w:ind w:left="702"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...37 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Waste Mercury-Containing Equipment </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134711DC" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="20"/>
+              <w:ind w:left="702"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Used Mercury-Containing Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="00DC27FD" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="2884E86F" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13032,302 +15070,331 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB40D5" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="020E0CF1" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B94F88" w:rsidRDefault="00EB40D5" w:rsidP="00B94F88">
+          <w:p w14:paraId="5ADC478F" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40" w:after="40"/>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B94F88">
-[...11 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B94F88">
-[...30 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00350952" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B94F88">
-[...27 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">document </w:t>
+            </w:r>
+            <w:r w:rsidR="00350952">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the facility will </w:t>
+            </w:r>
+            <w:r w:rsidR="00350952">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ensure that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mercury-containing device</w:t>
+            </w:r>
+            <w:r w:rsidR="00350952">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are not stored </w:t>
+            </w:r>
+            <w:r w:rsidR="007A3F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>longer than one year</w:t>
+            </w:r>
+            <w:r w:rsidR="00350952">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, such as by writing the date on the container when the first item is added</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB40D5" w:rsidRPr="00DC27FD" w:rsidRDefault="00EB40D5" w:rsidP="00A1131E">
+          <w:p w14:paraId="4FB230FC" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13341,366 +15408,525 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3171" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="73B80C51" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70132169" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="004F4D87" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ensure and document that the facility is inspecting containers regularly to </w:t>
+            </w:r>
+            <w:r w:rsidR="007A3F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">make </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sure they are not leaking?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28F5AB44" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="34897450" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="008844C0" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="76BD7D9A" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">When shipping spent lamps in Minnesota, does the </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00F36490" w:rsidRPr="008844C0">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="004F4D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B71704">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...108 lines deleted...]
-              <w:t xml:space="preserve">Destination location </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ensure and document that the facility re-containerizes switches when leaking or broken containers are discovered?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3171" w:rsidRPr="00DC27FD" w:rsidRDefault="002E3171" w:rsidP="00A1131E">
+          <w:p w14:paraId="5E8878A6" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13714,358 +15940,267 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A448A6" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="75769AC8" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A448A6" w:rsidRPr="008844C0" w:rsidRDefault="00F36490" w:rsidP="00A1131E">
+          <w:p w14:paraId="183FEC25" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
-[...87 lines deleted...]
-              <w:ind w:left="702"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The number of lamps removed from service during each calendar year. </w:t>
-[...15 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="004F4D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The waste tracking invoices or manifests for ballasts and lamps. </w:t>
-[...15 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">ensure and document that the facility takes precautions to prevent damaging or breaking </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any mercury-containing device? </w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The storage location of the lamps, if stored off site. </w:t>
+              <w:t xml:space="preserve">If breakage (a spill) occurs, manage spill debris as fully regulated hazardous waste. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A448A6" w:rsidRPr="00DC27FD" w:rsidRDefault="00A448A6" w:rsidP="00A1131E">
+          <w:p w14:paraId="6752FB11" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14079,464 +16214,252 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...215 lines deleted...]
-      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="462C4429" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidRDefault="001F1B2B" w:rsidP="00350952">
+          <w:p w14:paraId="621CE22A" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00350952" w:rsidRPr="008844C0">
+            <w:r w:rsidR="004F4D87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>direct employees to store leaking switches in a leak-proof, closed container in a manner that will prevent the capsule from breaking? It is recommended that all switches be stored in this manner.</w:t>
+              <w:t>include information about recycling mercury switches by sending them or taking them to a licensed metals recycler that reclaims mercury?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00A1131E">
+          <w:p w14:paraId="091D5AAD" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14550,398 +16473,251 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D566C0" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="246D78E6" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00A1131E">
+          <w:p w14:paraId="2B3FC445" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00350952">
+            <w:r w:rsidR="004F4D87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EC0354">
-[...14 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">that all storage containers for mercury-containing devices or that the non-leaking devices themselves are labeled? The label should be written in English </w:t>
-[...133 lines deleted...]
-              <w:t>Used Mercury-Containing Equipment</w:t>
+              <w:t>ensure and document that if the facility is transporting mercury switches in their own vehicle, they are following the appropriate transportation requirements?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D566C0" w:rsidRPr="00DC27FD" w:rsidRDefault="00D566C0" w:rsidP="00A1131E">
+          <w:p w14:paraId="485949B5" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14955,328 +16731,299 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="001F1B2B" w:rsidRPr="00BD72DD" w14:paraId="13D7A529" w14:textId="77777777" w:rsidTr="00527D79">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00350952">
+          <w:p w14:paraId="16C3E8B9" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="008844C0" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00350952" w:rsidRPr="008844C0">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="004F4D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> document </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">document </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">how </w:t>
+              <w:t xml:space="preserve">that the facility </w:t>
+            </w:r>
+            <w:r w:rsidR="004F4D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">keeps </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">the facility will </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">ensure that </w:t>
+              <w:t>copies on site of waste-tracking invoices, manifests</w:t>
+            </w:r>
+            <w:r w:rsidR="004F4D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mercury-containing device</w:t>
-[...7 lines deleted...]
-              <w:t>s</w:t>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> export documents for at least three</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> are not stored </w:t>
-[...31 lines deleted...]
-              <w:t>?</w:t>
+              <w:t xml:space="preserve"> years from the date of shipment?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00A1131E">
+          <w:p w14:paraId="74C3BA86" w14:textId="77777777" w:rsidR="001F1B2B" w:rsidRPr="00DC27FD" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15290,1738 +17037,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...1616 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001F1B2B" w:rsidRPr="002840EA" w:rsidRDefault="001F1B2B" w:rsidP="002840EA">
+    <w:p w14:paraId="52E7E0BF" w14:textId="3A1C1719" w:rsidR="001F1B2B" w:rsidRPr="002840EA" w:rsidRDefault="001F1B2B" w:rsidP="00527D79">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="360" w:after="60"/>
-        <w:ind w:left="1224" w:hanging="1224"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section E – Solid </w:t>
+        <w:t>Section E</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002840EA">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solid </w:t>
       </w:r>
       <w:r w:rsidR="004F4D87" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">aste </w:t>
       </w:r>
       <w:r w:rsidR="004F4D87" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>anagement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008700CF" w:rsidRPr="008700CF" w:rsidRDefault="001F1B2B" w:rsidP="008700CF">
+    <w:p w14:paraId="24A5EAD6" w14:textId="77777777" w:rsidR="008700CF" w:rsidRPr="008700CF" w:rsidRDefault="001F1B2B" w:rsidP="008700CF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Minn</w:t>
       </w:r>
       <w:r w:rsidR="005D1E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -17123,87 +17278,98 @@
       </w:r>
       <w:r w:rsidR="00BC0DA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> the MPCA</w:t>
       </w:r>
       <w:r w:rsidR="00526E31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> website at</w:t>
       </w:r>
       <w:r w:rsidR="00526E31" w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="008700CF" w:rsidRPr="008700CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>http://www.pca.state.mn.us/udgx881</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008700CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F1B2B" w:rsidRPr="002840EA" w:rsidRDefault="001F1B2B" w:rsidP="00C012CC">
+    <w:p w14:paraId="0C2ED95B" w14:textId="25DBCB94" w:rsidR="001F1B2B" w:rsidRPr="002840EA" w:rsidRDefault="001F1B2B" w:rsidP="00347A2E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="360" w:after="60"/>
-        <w:ind w:left="1341" w:hanging="1341"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Section F – </w:t>
+        <w:t>Section F</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004303F3">
+        <w:rPr>
+          <w:rStyle w:val="Form-Heading1Char"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="001E21F5" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>For suppliers of foundries: a</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="004F4D87" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>q</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">uality </w:t>
       </w:r>
@@ -17234,51 +17400,51 @@
       <w:r w:rsidR="004F4D87" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">etal be </w:t>
       </w:r>
       <w:r w:rsidR="004F4D87" w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="002840EA">
         <w:rPr>
           <w:rStyle w:val="Form-Heading1Char"/>
         </w:rPr>
         <w:t>ercury-free</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F1B2B" w:rsidRPr="001F1B2B" w:rsidRDefault="001F1B2B" w:rsidP="00B435EE">
+    <w:p w14:paraId="7C5521B7" w14:textId="0052AFB3" w:rsidR="001F1B2B" w:rsidRPr="001F1B2B" w:rsidRDefault="001F1B2B" w:rsidP="00B435EE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal </w:t>
       </w:r>
       <w:r w:rsidR="00440E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">air </w:t>
       </w:r>
@@ -17580,344 +17746,723 @@
       </w:r>
       <w:r w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ndustrial </w:t>
       </w:r>
       <w:r w:rsidR="00440E38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">tormwater </w:t>
       </w:r>
-      <w:r w:rsidR="00440E38">
+      <w:r w:rsidR="00F173F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
+      <w:r w:rsidR="00F173F4" w:rsidRPr="001F1B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ermit but</w:t>
+      </w:r>
       <w:r w:rsidRPr="001F1B2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ermit, but are provided here for completeness.</w:t>
+        <w:t xml:space="preserve"> are provided here for completeness.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F1B2B" w:rsidRPr="001F1B2B" w:rsidRDefault="001F1B2B" w:rsidP="00D8760A">
+    <w:p w14:paraId="581362A1" w14:textId="46DA8D66" w:rsidR="00347A2E" w:rsidRPr="00347A2E" w:rsidRDefault="00053954" w:rsidP="00347A2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B2B">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="001F1B2B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>National Emission Standards for Hazardous Air Pollutants (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>NESHAP</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements for Iron and Steel Foundries please </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>visit the National Archives:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00347A2E" w:rsidRPr="00E819C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>http://www.epa.gov/ttn/atw/area/fr07fe08.pdf</w:t>
+          <w:t>https://www.ecfr.gov/current/title-40/chapter-I/subchapter-C/part-63/subpart-EEEEE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10719" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8829"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w14:paraId="7DF92D18" w14:textId="77777777" w:rsidTr="00347A2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1006B0D7" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="00B435EE" w:rsidP="00347A2E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="001E21F5" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">include information about </w:t>
+            </w:r>
+            <w:r w:rsidR="001E21F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">offering </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">materials </w:t>
+            </w:r>
+            <w:r w:rsidR="001E21F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for sale </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that do not include lead components, mercury switches, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E2E12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">chlorinated </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>plastic</w:t>
+            </w:r>
+            <w:r w:rsidR="0016065A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, or liquids? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBAF295" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00347A2E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w14:paraId="58861662" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="00B435EE" w:rsidP="001E2E12">
+          <w:p w14:paraId="5B43F25F" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="00B435EE" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="001E21F5" w:rsidRPr="008844C0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00440E38" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">offering </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">include information about providing a copy of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E38" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">for sale </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the scrap purchaser </w:t>
+            </w:r>
+            <w:r w:rsidR="003073FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if needed so they can </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">chlorinated </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">comply with federal </w:t>
+            </w:r>
+            <w:r w:rsidR="00440E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">air </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">, or liquids? </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">regulation 40 CFR Part 63 subp. EEEEE (National Emission Standards for Hazardous Air Pollutants for Iron and Steel Foundries)? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00A1131E">
+          <w:p w14:paraId="58B5FBB4" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17931,316 +18476,275 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w14:paraId="545AA54C" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="00B435EE" w:rsidP="0016065A">
+          <w:p w14:paraId="2B15A052" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="003073FC" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008844C0">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Does the </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00B435EE" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oes the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00440E38" w:rsidRPr="008844C0">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00440E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008844C0">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">regulation 40 CFR Part 63 subp. EEEEE (National Emission Standards for Hazardous Air Pollutants for Iron and Steel Foundries)? </w:t>
+            <w:r w:rsidR="00B435EE" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">describe in sufficient detail the steps used to remove accessible mercury switches from the </w:t>
+            </w:r>
+            <w:r w:rsidR="0016065A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">scrap </w:t>
+            </w:r>
+            <w:r w:rsidR="00B435EE" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">supply? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00A1131E">
+          <w:p w14:paraId="77B420C9" w14:textId="77777777" w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18254,275 +18758,264 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B435EE" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="22748373" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="008844C0" w:rsidRDefault="003073FC" w:rsidP="001E2E12">
+          <w:p w14:paraId="34842C34" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:before="60" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">oes the </w:t>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="00440E38">
+            <w:r w:rsidR="007E1296" w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B435EE" w:rsidRPr="008844C0">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">supply? </w:t>
+            <w:r w:rsidR="003073FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r w:rsidR="003073FC" w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>whether prepared scrap is available for purchaser inspection?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B435EE" w:rsidRPr="00DC27FD" w:rsidRDefault="00B435EE" w:rsidP="00A1131E">
+          <w:p w14:paraId="4DA08754" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18536,264 +19029,264 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="5705925A" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="0016065A">
+          <w:p w14:paraId="6AE395C3" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
-            <w:r w:rsidR="007E1296" w:rsidRPr="008844C0">
+            <w:r w:rsidR="007E1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">document inspection procedures that include the location(s) where inspections </w:t>
+            </w:r>
             <w:r w:rsidR="003073FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>identify</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>can</w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>whether prepared scrap is available for purchaser inspection?</w:t>
+              <w:t xml:space="preserve"> be performed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00A1131E">
+          <w:p w14:paraId="37F54284" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18807,264 +19300,248 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="37C16504" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="001E2E12">
+          <w:p w14:paraId="0BCC5CB7" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="007E1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">document inspection procedures that include the location(s) where inspections </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> be performed?</w:t>
+              <w:t>document each inspection and the results?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00A1131E">
+          <w:p w14:paraId="3A0DA00A" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19078,248 +19555,252 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="5A349B9B" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="0016065A">
+          <w:p w14:paraId="114D2BF0" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="007E1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>document each inspection and the results?</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>document the reasons a potential purchaser might have for rejecting or returning entire or partial shipments?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00A1131E">
+          <w:p w14:paraId="589B55BA" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19333,252 +19814,272 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w:rsidTr="00607B37">
+      <w:tr w:rsidR="00A1131E" w:rsidRPr="00BD72DD" w14:paraId="17264AE6" w14:textId="77777777" w:rsidTr="00607B37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="007E1296">
+          <w:p w14:paraId="2F427DC0" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="008844C0" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00FB0D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMP</w:t>
             </w:r>
             <w:r w:rsidR="007E1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="0016065A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">specify that </w:t>
+            </w:r>
             <w:r w:rsidRPr="008844C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>document the reasons a potential purchaser might have for rejecting or returning entire or partial shipments?</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a copy of the inspection plan procedure </w:t>
+            </w:r>
+            <w:r w:rsidR="0016065A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008844C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>onsite and readily available to all plant personnel with inspection duties?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00A1131E">
+          <w:p w14:paraId="24DEEC91" w14:textId="77777777" w:rsidR="00A1131E" w:rsidRPr="00DC27FD" w:rsidRDefault="00A1131E" w:rsidP="00347A2E">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:before="40"/>
+              <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r w:rsidRPr="00DC27FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC27FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19592,533 +20093,253 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00364A0C">
-[...285 lines deleted...]
-            <w:r w:rsidR="00364A0C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D566C0" w:rsidRPr="006B5F49" w:rsidRDefault="00D566C0" w:rsidP="00A017CE">
+    <w:p w14:paraId="33141353" w14:textId="77777777" w:rsidR="00D566C0" w:rsidRPr="006B5F49" w:rsidRDefault="00D566C0" w:rsidP="00A017CE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D566C0" w:rsidRPr="006B5F49" w:rsidSect="005D1E38">
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:sectPr w:rsidR="00D566C0" w:rsidRPr="006B5F49" w:rsidSect="002F408C">
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="864" w:header="720" w:footer="302" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C0335" w:rsidRDefault="005C0335" w:rsidP="009B78EB">
+    <w:p w14:paraId="22940F17" w14:textId="77777777" w:rsidR="00C946DB" w:rsidRDefault="00C946DB" w:rsidP="009B78EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C0335" w:rsidRDefault="005C0335" w:rsidP="009B78EB">
+    <w:p w14:paraId="7E61B7F3" w14:textId="77777777" w:rsidR="00C946DB" w:rsidRDefault="00C946DB" w:rsidP="009B78EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Sans Serif">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D30A273" w14:textId="77777777" w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="3330"/>
         <w:tab w:val="left" w:pos="3690"/>
         <w:tab w:val="left" w:pos="4950"/>
         <w:tab w:val="left" w:pos="5310"/>
         <w:tab w:val="left" w:pos="8010"/>
         <w:tab w:val="left" w:pos="8280"/>
       </w:tabs>
       <w:ind w:right="-115"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
+  <w:p w14:paraId="7DD4FF46" w14:textId="77777777" w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2250"/>
         <w:tab w:val="left" w:pos="2610"/>
         <w:tab w:val="left" w:pos="3870"/>
         <w:tab w:val="left" w:pos="4230"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="8100"/>
         <w:tab w:val="left" w:pos="8460"/>
       </w:tabs>
       <w:ind w:right="-115"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
@@ -20188,109 +20409,91 @@
       </w:rPr>
       <w:tab/>
       <w:t>Use your preferred relay service</w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>•</w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Available in alternative formats</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
+  <w:p w14:paraId="6F52170A" w14:textId="2834CDA6" w:rsidR="002840EA" w:rsidRPr="002840EA" w:rsidRDefault="002840EA" w:rsidP="002840EA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10494"/>
       </w:tabs>
       <w:spacing w:before="40"/>
       <w:ind w:right="-115"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>wq-strm3-30</w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">  •  </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00F40A6F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>8/1</w:t>
-[...17 lines deleted...]
-      <w:t>/20</w:t>
+      <w:t>11/19/25</w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
@@ -20378,70 +20581,70 @@
     </w:r>
     <w:r w:rsidR="00364A0C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="002840EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C0335" w:rsidRDefault="005C0335" w:rsidP="009B78EB">
+    <w:p w14:paraId="040BCDF8" w14:textId="77777777" w:rsidR="00C946DB" w:rsidRDefault="00C946DB" w:rsidP="009B78EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C0335" w:rsidRDefault="005C0335" w:rsidP="009B78EB">
+    <w:p w14:paraId="39D04F08" w14:textId="77777777" w:rsidR="00C946DB" w:rsidRDefault="00C946DB" w:rsidP="009B78EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A5768B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F50F448"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -22763,600 +22966,688 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1845123194">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="187185553">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="877428583">
     <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1365790892">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1898124677">
     <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="4"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1366716790">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="615211498">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1000544028">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2042388746">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="299848053">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="148254173">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="514811207">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="15078451">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="216015876">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1295673318">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1858423842">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="44986036">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="993025931">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1035623426">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1155727723">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="313994348">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1946116328">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="599607320">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="21713364">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1768227715">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1094279350">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1797945737">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="260844496">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1035034997">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="RBiDc8bnxTUIBrF/jRaUreh3eb9xVF3coRgLIuBic1S+ZNlcCsa+ItWtGKsdIgZT/HAeRyxfqO4rEwBAwBqPmg==" w:salt="2A55+t7WZmS96sSD4OJt4g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PMClGLi8ZpfIO/IkQwQm3dyb2dKtf1NEsWNYqxwASi2+WzTZmpZ1+kt1wJXbEQYKKPBC31N0Dl2MlmxQxdTVQw==" w:salt="TmuKTwD62Lafi2JaY+zO4A=="/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B94"/>
     <w:rsid w:val="000136A4"/>
     <w:rsid w:val="00014A84"/>
+    <w:rsid w:val="00035F6F"/>
+    <w:rsid w:val="00041FA4"/>
     <w:rsid w:val="000503A7"/>
     <w:rsid w:val="00052F2F"/>
+    <w:rsid w:val="00053954"/>
     <w:rsid w:val="00056054"/>
     <w:rsid w:val="00067E33"/>
     <w:rsid w:val="00067F69"/>
     <w:rsid w:val="000734CE"/>
     <w:rsid w:val="000752DA"/>
     <w:rsid w:val="0007554B"/>
     <w:rsid w:val="00080B6F"/>
     <w:rsid w:val="000900B7"/>
     <w:rsid w:val="00093433"/>
+    <w:rsid w:val="000A487B"/>
     <w:rsid w:val="000C0575"/>
     <w:rsid w:val="000C2B09"/>
     <w:rsid w:val="000C573D"/>
     <w:rsid w:val="000D0744"/>
     <w:rsid w:val="000D580F"/>
     <w:rsid w:val="00104794"/>
+    <w:rsid w:val="001077D4"/>
     <w:rsid w:val="00117870"/>
     <w:rsid w:val="00126D69"/>
     <w:rsid w:val="00133777"/>
+    <w:rsid w:val="0015045D"/>
     <w:rsid w:val="0016065A"/>
+    <w:rsid w:val="00163E9F"/>
+    <w:rsid w:val="001715CF"/>
     <w:rsid w:val="00176C94"/>
     <w:rsid w:val="0018040F"/>
     <w:rsid w:val="00181E6E"/>
     <w:rsid w:val="001831F8"/>
     <w:rsid w:val="00191C66"/>
     <w:rsid w:val="001A0E3E"/>
     <w:rsid w:val="001A33A7"/>
     <w:rsid w:val="001C1325"/>
     <w:rsid w:val="001C5D99"/>
     <w:rsid w:val="001E04A0"/>
     <w:rsid w:val="001E21F5"/>
+    <w:rsid w:val="001E25F6"/>
     <w:rsid w:val="001E2E12"/>
     <w:rsid w:val="001E601D"/>
     <w:rsid w:val="001F1B2B"/>
     <w:rsid w:val="001F2303"/>
     <w:rsid w:val="001F2E75"/>
     <w:rsid w:val="00202F5E"/>
     <w:rsid w:val="00210144"/>
     <w:rsid w:val="002108D1"/>
+    <w:rsid w:val="00212789"/>
     <w:rsid w:val="002158CA"/>
     <w:rsid w:val="00224789"/>
     <w:rsid w:val="002519FE"/>
     <w:rsid w:val="00261F28"/>
+    <w:rsid w:val="00264431"/>
     <w:rsid w:val="0028209E"/>
     <w:rsid w:val="002840EA"/>
     <w:rsid w:val="002A66EF"/>
     <w:rsid w:val="002B1025"/>
     <w:rsid w:val="002B2B95"/>
     <w:rsid w:val="002C6642"/>
+    <w:rsid w:val="002C74A3"/>
     <w:rsid w:val="002C76ED"/>
     <w:rsid w:val="002E3171"/>
     <w:rsid w:val="002F29B0"/>
     <w:rsid w:val="002F335F"/>
+    <w:rsid w:val="002F408C"/>
     <w:rsid w:val="00300512"/>
     <w:rsid w:val="003048F0"/>
     <w:rsid w:val="00306592"/>
     <w:rsid w:val="003073FC"/>
     <w:rsid w:val="00315202"/>
     <w:rsid w:val="00321966"/>
+    <w:rsid w:val="00347A2E"/>
     <w:rsid w:val="00350952"/>
     <w:rsid w:val="003618B3"/>
     <w:rsid w:val="00364A0C"/>
     <w:rsid w:val="00370447"/>
     <w:rsid w:val="0037058E"/>
+    <w:rsid w:val="00370C17"/>
     <w:rsid w:val="00372174"/>
     <w:rsid w:val="00373E95"/>
     <w:rsid w:val="003A3EF9"/>
+    <w:rsid w:val="003B0691"/>
     <w:rsid w:val="003B7175"/>
     <w:rsid w:val="003C1678"/>
+    <w:rsid w:val="003D4FC8"/>
     <w:rsid w:val="003E1EC1"/>
+    <w:rsid w:val="003E52B9"/>
     <w:rsid w:val="003E74E6"/>
     <w:rsid w:val="003E77E1"/>
     <w:rsid w:val="003F3633"/>
     <w:rsid w:val="004242DA"/>
     <w:rsid w:val="0042650D"/>
+    <w:rsid w:val="004303F3"/>
     <w:rsid w:val="0043064B"/>
     <w:rsid w:val="0043342D"/>
+    <w:rsid w:val="00435856"/>
     <w:rsid w:val="00440E38"/>
     <w:rsid w:val="00442A73"/>
+    <w:rsid w:val="004470C4"/>
     <w:rsid w:val="00452400"/>
     <w:rsid w:val="0045255B"/>
     <w:rsid w:val="004534C0"/>
+    <w:rsid w:val="00456BDE"/>
     <w:rsid w:val="004641DC"/>
     <w:rsid w:val="00465BB3"/>
+    <w:rsid w:val="00476FFA"/>
     <w:rsid w:val="004776E8"/>
     <w:rsid w:val="004848B0"/>
     <w:rsid w:val="004B26B5"/>
+    <w:rsid w:val="004B5B31"/>
+    <w:rsid w:val="004C1380"/>
     <w:rsid w:val="004C1DFE"/>
     <w:rsid w:val="004C2B0F"/>
     <w:rsid w:val="004D0821"/>
     <w:rsid w:val="004D29E6"/>
     <w:rsid w:val="004E6C2F"/>
     <w:rsid w:val="004F3D41"/>
     <w:rsid w:val="004F4D87"/>
     <w:rsid w:val="00503D44"/>
     <w:rsid w:val="005051F1"/>
     <w:rsid w:val="00507512"/>
+    <w:rsid w:val="0051198E"/>
     <w:rsid w:val="00526E31"/>
+    <w:rsid w:val="00527D79"/>
     <w:rsid w:val="005363B3"/>
     <w:rsid w:val="00536A67"/>
     <w:rsid w:val="005517CB"/>
     <w:rsid w:val="00557D0F"/>
+    <w:rsid w:val="005665A4"/>
     <w:rsid w:val="0058185E"/>
     <w:rsid w:val="0058714B"/>
     <w:rsid w:val="0059281A"/>
     <w:rsid w:val="005A11DE"/>
     <w:rsid w:val="005A13DD"/>
+    <w:rsid w:val="005A172E"/>
     <w:rsid w:val="005C0335"/>
+    <w:rsid w:val="005C740D"/>
     <w:rsid w:val="005D1E38"/>
+    <w:rsid w:val="005D22CA"/>
     <w:rsid w:val="005D60C3"/>
     <w:rsid w:val="005E2DD2"/>
     <w:rsid w:val="005E3ADD"/>
     <w:rsid w:val="005F215D"/>
     <w:rsid w:val="00607B37"/>
+    <w:rsid w:val="00607E52"/>
+    <w:rsid w:val="00617DAA"/>
     <w:rsid w:val="006226EB"/>
     <w:rsid w:val="0062295D"/>
     <w:rsid w:val="0063403C"/>
     <w:rsid w:val="0064687D"/>
     <w:rsid w:val="006504ED"/>
     <w:rsid w:val="00650806"/>
+    <w:rsid w:val="00651061"/>
     <w:rsid w:val="00653B74"/>
     <w:rsid w:val="00655884"/>
+    <w:rsid w:val="00661C34"/>
     <w:rsid w:val="006633C0"/>
     <w:rsid w:val="00672CC5"/>
     <w:rsid w:val="00673F60"/>
     <w:rsid w:val="00675092"/>
     <w:rsid w:val="0067754E"/>
     <w:rsid w:val="00685369"/>
     <w:rsid w:val="006A4557"/>
     <w:rsid w:val="006B5F49"/>
     <w:rsid w:val="006B64B9"/>
     <w:rsid w:val="006B70CF"/>
     <w:rsid w:val="006C4082"/>
+    <w:rsid w:val="006C4E6E"/>
     <w:rsid w:val="006C53FF"/>
+    <w:rsid w:val="006E2ADD"/>
     <w:rsid w:val="006E3B0A"/>
     <w:rsid w:val="006E7228"/>
     <w:rsid w:val="006F1DBA"/>
     <w:rsid w:val="006F6B96"/>
+    <w:rsid w:val="006F6F4E"/>
+    <w:rsid w:val="006F7EF5"/>
     <w:rsid w:val="00702D3D"/>
     <w:rsid w:val="0071015F"/>
+    <w:rsid w:val="00712F60"/>
     <w:rsid w:val="00743B3D"/>
     <w:rsid w:val="007453EE"/>
     <w:rsid w:val="00761BB5"/>
     <w:rsid w:val="00762954"/>
+    <w:rsid w:val="007727E9"/>
+    <w:rsid w:val="0079202A"/>
     <w:rsid w:val="007A05E8"/>
     <w:rsid w:val="007A3F49"/>
+    <w:rsid w:val="007A67FE"/>
     <w:rsid w:val="007A70EE"/>
     <w:rsid w:val="007C389A"/>
     <w:rsid w:val="007D2C76"/>
+    <w:rsid w:val="007E0B67"/>
     <w:rsid w:val="007E1296"/>
     <w:rsid w:val="007E1863"/>
     <w:rsid w:val="007E2E68"/>
     <w:rsid w:val="00802BFF"/>
     <w:rsid w:val="008161C9"/>
     <w:rsid w:val="008303E2"/>
+    <w:rsid w:val="00833A11"/>
+    <w:rsid w:val="0083580C"/>
     <w:rsid w:val="00840927"/>
     <w:rsid w:val="00851987"/>
     <w:rsid w:val="008700CF"/>
     <w:rsid w:val="00871212"/>
     <w:rsid w:val="00882D4E"/>
     <w:rsid w:val="00884804"/>
     <w:rsid w:val="008A2387"/>
     <w:rsid w:val="008A44E4"/>
     <w:rsid w:val="008B675A"/>
     <w:rsid w:val="008C30A1"/>
     <w:rsid w:val="008C3518"/>
+    <w:rsid w:val="008E0877"/>
+    <w:rsid w:val="008E2373"/>
     <w:rsid w:val="008F7768"/>
+    <w:rsid w:val="00920886"/>
     <w:rsid w:val="009338EF"/>
     <w:rsid w:val="0093531E"/>
     <w:rsid w:val="00945A6E"/>
     <w:rsid w:val="009460B3"/>
     <w:rsid w:val="00960681"/>
     <w:rsid w:val="009637B7"/>
     <w:rsid w:val="00963BEE"/>
     <w:rsid w:val="00976A91"/>
     <w:rsid w:val="00995487"/>
+    <w:rsid w:val="009A2443"/>
     <w:rsid w:val="009A3164"/>
     <w:rsid w:val="009A48E6"/>
     <w:rsid w:val="009B78EB"/>
+    <w:rsid w:val="009C7859"/>
     <w:rsid w:val="009D0CED"/>
     <w:rsid w:val="009D1466"/>
+    <w:rsid w:val="009D6DED"/>
+    <w:rsid w:val="009E46F0"/>
     <w:rsid w:val="009F4781"/>
     <w:rsid w:val="00A017CE"/>
     <w:rsid w:val="00A108E8"/>
     <w:rsid w:val="00A1131E"/>
+    <w:rsid w:val="00A21952"/>
+    <w:rsid w:val="00A25EE2"/>
+    <w:rsid w:val="00A34F96"/>
     <w:rsid w:val="00A40941"/>
     <w:rsid w:val="00A41270"/>
     <w:rsid w:val="00A448A6"/>
     <w:rsid w:val="00A51EED"/>
     <w:rsid w:val="00A556FE"/>
     <w:rsid w:val="00A618FB"/>
+    <w:rsid w:val="00A61D00"/>
     <w:rsid w:val="00A71C1F"/>
     <w:rsid w:val="00A83614"/>
     <w:rsid w:val="00A83853"/>
     <w:rsid w:val="00A86321"/>
     <w:rsid w:val="00AA24F7"/>
     <w:rsid w:val="00AA5B1C"/>
     <w:rsid w:val="00AB3DB7"/>
     <w:rsid w:val="00AB465A"/>
     <w:rsid w:val="00AC052B"/>
     <w:rsid w:val="00AC6580"/>
+    <w:rsid w:val="00AC7AE3"/>
     <w:rsid w:val="00AF2AC0"/>
+    <w:rsid w:val="00AF6E6D"/>
     <w:rsid w:val="00B000B0"/>
     <w:rsid w:val="00B02B94"/>
     <w:rsid w:val="00B03AB9"/>
     <w:rsid w:val="00B1066E"/>
+    <w:rsid w:val="00B123D8"/>
     <w:rsid w:val="00B12B4E"/>
     <w:rsid w:val="00B1496F"/>
     <w:rsid w:val="00B25F82"/>
     <w:rsid w:val="00B435EE"/>
+    <w:rsid w:val="00B45C23"/>
     <w:rsid w:val="00B5214E"/>
     <w:rsid w:val="00B71704"/>
     <w:rsid w:val="00B71E79"/>
     <w:rsid w:val="00B74FA0"/>
     <w:rsid w:val="00B7521F"/>
+    <w:rsid w:val="00B75C8E"/>
     <w:rsid w:val="00B763E2"/>
     <w:rsid w:val="00B85919"/>
     <w:rsid w:val="00B861F8"/>
     <w:rsid w:val="00B87540"/>
     <w:rsid w:val="00B87E1B"/>
     <w:rsid w:val="00B91B50"/>
     <w:rsid w:val="00B94F88"/>
     <w:rsid w:val="00BA1D9D"/>
     <w:rsid w:val="00BA31E9"/>
     <w:rsid w:val="00BB05E1"/>
     <w:rsid w:val="00BC0DA8"/>
     <w:rsid w:val="00BD03A4"/>
     <w:rsid w:val="00BD1DED"/>
     <w:rsid w:val="00BD32A9"/>
     <w:rsid w:val="00BD5633"/>
     <w:rsid w:val="00BD6279"/>
     <w:rsid w:val="00BD72DD"/>
     <w:rsid w:val="00BE016D"/>
     <w:rsid w:val="00BE23CB"/>
     <w:rsid w:val="00BE5C1A"/>
     <w:rsid w:val="00BF6992"/>
     <w:rsid w:val="00C0097E"/>
     <w:rsid w:val="00C012CC"/>
     <w:rsid w:val="00C03965"/>
     <w:rsid w:val="00C10924"/>
     <w:rsid w:val="00C131D7"/>
     <w:rsid w:val="00C150F1"/>
     <w:rsid w:val="00C17AEE"/>
+    <w:rsid w:val="00C22724"/>
     <w:rsid w:val="00C33E14"/>
     <w:rsid w:val="00C35F08"/>
     <w:rsid w:val="00C44F64"/>
     <w:rsid w:val="00C53F36"/>
+    <w:rsid w:val="00C61E7D"/>
     <w:rsid w:val="00C64750"/>
     <w:rsid w:val="00C664C8"/>
+    <w:rsid w:val="00C752A3"/>
+    <w:rsid w:val="00C7623E"/>
     <w:rsid w:val="00C80170"/>
     <w:rsid w:val="00C823E2"/>
     <w:rsid w:val="00C84F31"/>
+    <w:rsid w:val="00C90727"/>
     <w:rsid w:val="00C9122E"/>
     <w:rsid w:val="00C915AB"/>
+    <w:rsid w:val="00C946DB"/>
     <w:rsid w:val="00CB21A0"/>
     <w:rsid w:val="00CB2D12"/>
     <w:rsid w:val="00CB3002"/>
     <w:rsid w:val="00CB47DB"/>
+    <w:rsid w:val="00CB6696"/>
     <w:rsid w:val="00CC2032"/>
     <w:rsid w:val="00CC7215"/>
     <w:rsid w:val="00CD242C"/>
     <w:rsid w:val="00D179EF"/>
     <w:rsid w:val="00D20F87"/>
+    <w:rsid w:val="00D23CFC"/>
     <w:rsid w:val="00D30979"/>
+    <w:rsid w:val="00D52CAC"/>
+    <w:rsid w:val="00D53D1E"/>
     <w:rsid w:val="00D566C0"/>
+    <w:rsid w:val="00D56D85"/>
     <w:rsid w:val="00D6021A"/>
     <w:rsid w:val="00D67250"/>
+    <w:rsid w:val="00D80920"/>
     <w:rsid w:val="00D8760A"/>
     <w:rsid w:val="00D93176"/>
+    <w:rsid w:val="00D97DE7"/>
     <w:rsid w:val="00DA3044"/>
     <w:rsid w:val="00DB4AF7"/>
+    <w:rsid w:val="00DC1809"/>
     <w:rsid w:val="00DC27FD"/>
     <w:rsid w:val="00DC7538"/>
     <w:rsid w:val="00DC7573"/>
     <w:rsid w:val="00DC7581"/>
     <w:rsid w:val="00DD121D"/>
     <w:rsid w:val="00DD1ABF"/>
     <w:rsid w:val="00DD238E"/>
     <w:rsid w:val="00DD29F3"/>
     <w:rsid w:val="00DF035C"/>
     <w:rsid w:val="00DF1635"/>
     <w:rsid w:val="00DF2229"/>
     <w:rsid w:val="00E075AA"/>
     <w:rsid w:val="00E129CF"/>
     <w:rsid w:val="00E234B8"/>
     <w:rsid w:val="00E2723A"/>
     <w:rsid w:val="00E3052D"/>
     <w:rsid w:val="00E32BFE"/>
     <w:rsid w:val="00E36ED3"/>
     <w:rsid w:val="00E55A6E"/>
     <w:rsid w:val="00E66E3D"/>
     <w:rsid w:val="00E71E7E"/>
     <w:rsid w:val="00E73E4D"/>
     <w:rsid w:val="00E82FE6"/>
     <w:rsid w:val="00E85B9A"/>
     <w:rsid w:val="00EA40E5"/>
+    <w:rsid w:val="00EA659E"/>
     <w:rsid w:val="00EB40D5"/>
     <w:rsid w:val="00EC0354"/>
     <w:rsid w:val="00EC2897"/>
     <w:rsid w:val="00ED3CA5"/>
     <w:rsid w:val="00EE0A7F"/>
+    <w:rsid w:val="00EE13C9"/>
     <w:rsid w:val="00EE314E"/>
     <w:rsid w:val="00EE5F2B"/>
     <w:rsid w:val="00F154B7"/>
+    <w:rsid w:val="00F173F4"/>
     <w:rsid w:val="00F32407"/>
     <w:rsid w:val="00F36490"/>
+    <w:rsid w:val="00F40A6F"/>
     <w:rsid w:val="00F433D6"/>
+    <w:rsid w:val="00F54CC8"/>
+    <w:rsid w:val="00F6378A"/>
     <w:rsid w:val="00F6500D"/>
     <w:rsid w:val="00F75A54"/>
     <w:rsid w:val="00F86D42"/>
     <w:rsid w:val="00FA2379"/>
     <w:rsid w:val="00FA3471"/>
+    <w:rsid w:val="00FA6AD7"/>
     <w:rsid w:val="00FB0D19"/>
     <w:rsid w:val="00FB1371"/>
     <w:rsid w:val="00FB3593"/>
     <w:rsid w:val="00FB3AC8"/>
+    <w:rsid w:val="00FB608C"/>
+    <w:rsid w:val="00FB7195"/>
     <w:rsid w:val="00FC3689"/>
     <w:rsid w:val="00FF14E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="43E92BD1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F9E682C7-302F-44CA-B0A8-70246CAB83E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -23684,54 +23975,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F54CC8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="2" w:space="3" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="180" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -24031,64 +24328,62 @@
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="004641DC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0064687D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0064687D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0064687D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0064687D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0064687D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -24195,55 +24490,78 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Form-Heading3">
     <w:name w:val="Form - Heading 3"/>
     <w:link w:val="Form-Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="002840EA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Form-Heading3Char">
     <w:name w:val="Form - Heading 3 Char"/>
     <w:link w:val="Form-Heading3"/>
     <w:rsid w:val="002840EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002C74A3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C752A3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="263343914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="695039530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24389,51 +24707,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2138715859">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pca.state.mn.us/udgx881" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pca.state.mn.us/waste/pubs/business.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pca.state.mn.us/sites/default/files/w-hw7-20.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.elvsolutions.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newmoa.org/prevention/mercury/imerc/Notification/browse.cfm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/ttn/atw/area/fr07fe08.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pca.state.mn.us/business-with-us/hazardous-waste-identification-and-management" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/chapter-I/subchapter-C/part-63/subpart-EEEEE" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newmoa.org/programs/mercury-clearinghouse/mercury-added-products-database/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pca.state.mn.us/udgx881" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pca.state.mn.us/waste/pubs/business.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pca.state.mn.us/sites/default/files/w-hw7-20.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.elvsolutions.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -24657,93 +24975,347 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004DF3BA3A011736478E11C84ACB718CD0" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbfb889939cd7df227de6f1ae3de2005">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9e968439-5b6f-4ebc-9da7-09a103320989" xmlns:ns3="2702c2d7-ab83-4b40-8ecf-65f54610716b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fa8a803868a466c8133c713fae49dda" ns2:_="" ns3:_="">
+    <xsd:import namespace="9e968439-5b6f-4ebc-9da7-09a103320989"/>
+    <xsd:import namespace="2702c2d7-ab83-4b40-8ecf-65f54610716b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9e968439-5b6f-4ebc-9da7-09a103320989" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2702c2d7-ab83-4b40-8ecf-65f54610716b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11038051-DDFF-49D8-8657-D3330FA5C227}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2702c2d7-ab83-4b40-8ecf-65f54610716b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="9e968439-5b6f-4ebc-9da7-09a103320989"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF00E8A3-A5FE-44BA-9466-214919AD1462}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F9D6DF-07F4-4C45-96BD-A841897F1587}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DEA5894-A772-42FF-ACE2-74073D97662F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9e968439-5b6f-4ebc-9da7-09a103320989"/>
+    <ds:schemaRef ds:uri="2702c2d7-ab83-4b40-8ecf-65f54610716b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3420</Words>
-  <Characters>19499</Characters>
+  <Words>3501</Words>
+  <Characters>19959</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>166</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mercury Minimization Plan checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>Gail Skowronek</Manager>
+  <Manager>Sandra Simbeck</Manager>
   <Company>PCA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22874</CharactersWithSpaces>
+  <CharactersWithSpaces>23414</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="54" baseType="variant">
       <vt:variant>
         <vt:i4>1507351</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>281</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.epa.gov/ttn/atw/area/fr07fe08.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031619</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -24876,35 +25448,43 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.pca.state.mn.us/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Mercury Minimization Plan checklist</dc:title>
   <dc:subject>Multiprogram mercury minimzation plan checklist for mercury-containing devices.</dc:subject>
-  <dc:creator>Minnesota Pollution Control Agency - Samantha Adamsl (Gail Skowronek)</dc:creator>
+  <dc:creator>Minnesota Pollution Control Agency - Mackenzie Wilkinson-Hanson (Sandra Simbeck)</dc:creator>
   <cp:keywords>Minnesota Pollution Control Agency,wq-strm3-30,water quality,stormwater,industrial,ISW,MMP,mercury,checklist,air quality,hazardous waste,solid waste</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>water quality,stormwater</cp:category>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004DF3BA3A011736478E11C84ACB718CD0</vt:lpwstr>
+  </property>
+</Properties>
+</file>